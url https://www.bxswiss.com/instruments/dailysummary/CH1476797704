--- v0 (2025-10-15)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09af9464fbc14eb3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfd90f32aede4315" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcca990d3f2b74c9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re351713a739c45c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc00319121aee4bd9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcca990d3f2b74c9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02dc6aabdd394fe2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re351713a739c45c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797704</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>1,565</x:t>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,585</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>1,555</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,625</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...148 lines deleted...]
-          <x:t>29.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,595</x:t>
-[...53 lines deleted...]
-          <x:t>1,575</x:t>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,365</x:t>
-        </x:is>
-[...241 lines deleted...]
-          <x:t>1,455</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>