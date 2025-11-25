--- v1 (2025-11-04)
+++ v2 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfd90f32aede4315" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra55add452c0a49ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re351713a739c45c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6f5edd0f7454e2a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02dc6aabdd394fe2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re351713a739c45c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dfe83debde94551" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6f5edd0f7454e2a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797704</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,325</x:t>
-[...8 lines deleted...]
-        <x:is>
           <x:t>1,295</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,365</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,265</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,305</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>1,335</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,235</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>1,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,245</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>1,385</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>1,525</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,385</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,395</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>1,365</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>