--- v2 (2025-11-25)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra55add452c0a49ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red3361e0894d41b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd6f5edd0f7454e2a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf97d7f1bdb54585"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3dfe83debde94551" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd6f5edd0f7454e2a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2776c49226174809" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf97d7f1bdb54585" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797704</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,928</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,972</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,758</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,880</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +251,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>