--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red3361e0894d41b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c0bfbb575a948f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf97d7f1bdb54585"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra47a20f69e1d4f25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2776c49226174809" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf97d7f1bdb54585" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reae7a6a0ceff4f27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra47a20f69e1d4f25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797704</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,475 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...333 lines deleted...]
-          <x:t>1,262</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,216</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>1,183</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,233</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,046</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,078</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,091</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>