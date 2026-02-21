--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2c0bfbb575a948f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra71d30f0385641d6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra47a20f69e1d4f25"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b6fa057834d4a0a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reae7a6a0ceff4f27" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra47a20f69e1d4f25" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae922d0e72ec4163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b6fa057834d4a0a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797704</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...198 lines deleted...]
-          <x:t>1,091</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,989</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,989</x:t>
-[...129 lines deleted...]
-          <x:t>0,756</x:t>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,757</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>0,754</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,689</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,716</x:t>
-[...16 lines deleted...]
-          <x:t>0,721</x:t>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,676</x:t>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>