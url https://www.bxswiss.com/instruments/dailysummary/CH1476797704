--- v5 (2026-02-21)
+++ v6 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra71d30f0385641d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbc78b490b82b4ac3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b6fa057834d4a0a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b42152df6374f7c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae922d0e72ec4163" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b6fa057834d4a0a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9790d2b344e74c5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b42152df6374f7c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797704</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>0,779</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,699</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,705</x:t>
-[...156 lines deleted...]
-          <x:t>0,649</x:t>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,765</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.02.2026</x:t>
-[...343 lines deleted...]
-          <x:t>0,591</x:t>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>