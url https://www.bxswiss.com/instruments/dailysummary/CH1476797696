--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b654694d133420d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad3b0c009e384e99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce1e92c529c44d7b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R499e70ab2fec478a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf475b9679af4aef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce1e92c529c44d7b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfa0661de2a64e0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R499e70ab2fec478a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797696</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,515</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,465</x:t>
-[...64 lines deleted...]
-        <x:is>
           <x:t>1,605</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>29.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,495</x:t>
-[...57 lines deleted...]
-        <x:is>
           <x:t>1,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,285</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>02.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,255</x:t>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,195</x:t>
-[...183 lines deleted...]
-          <x:t>1,275</x:t>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,305</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>1,365</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>