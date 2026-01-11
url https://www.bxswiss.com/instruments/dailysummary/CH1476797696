--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad3b0c009e384e99" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9b8569d00344062" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R499e70ab2fec478a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cf87fd1e5564c9e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbfa0661de2a64e0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R499e70ab2fec478a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4faf1b256c044b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cf87fd1e5564c9e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797696</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...350 lines deleted...]
-          <x:t>13.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,115</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...227 lines deleted...]
-          <x:t>1,492</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>