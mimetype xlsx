--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9b8569d00344062" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1fafb72b7a044b7a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cf87fd1e5564c9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ac0fe740a454b94"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4faf1b256c044b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cf87fd1e5564c9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rec6ec3678c2347d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ac0fe740a454b94" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797696</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...269 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,874</x:t>
-[...53 lines deleted...]
-          <x:t>0,762</x:t>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,701</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>0,669</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,643</x:t>
-[...21 lines deleted...]
-          <x:t>0,670</x:t>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,631</x:t>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>