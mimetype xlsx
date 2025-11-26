--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3e4dc1f3f7a4369" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b621b3f55a34f2b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R586a981d7d404643"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a778454671b4e84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R62f104c18cda4372" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R586a981d7d404643" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raff01bb572b74f6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a778454671b4e84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797688</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,415</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,375</x:t>
-[...64 lines deleted...]
-        <x:is>
           <x:t>1,505</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>29.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,405</x:t>
-[...35 lines deleted...]
-        <x:is>
           <x:t>1,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,385</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,205</x:t>
-[...43 lines deleted...]
-          <x:t>1,165</x:t>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,145</x:t>
-[...97 lines deleted...]
-          <x:t>1,115</x:t>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,105</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>1,225</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>1,255</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>