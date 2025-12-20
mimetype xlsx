--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b621b3f55a34f2b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49df242879eb44a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a778454671b4e84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc2b22eca1c54a1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raff01bb572b74f6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a778454671b4e84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13e8d60bb8c74a94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc2b22eca1c54a1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797688</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,694</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,648</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +278,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,528</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,092</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>