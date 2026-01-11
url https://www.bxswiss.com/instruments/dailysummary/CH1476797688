--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R49df242879eb44a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b4195bdac35419c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc2b22eca1c54a1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4a276b0bd894a1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13e8d60bb8c74a94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc2b22eca1c54a1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6f6fb4739c04acd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4a276b0bd894a1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797688</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,054</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,074</x:t>
-[...139 lines deleted...]
-          <x:t>0,912</x:t>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,933</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...91 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,942</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,851</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>