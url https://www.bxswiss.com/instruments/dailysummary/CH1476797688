--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b4195bdac35419c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f7df218042a4e78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4a276b0bd894a1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfe92b3a3ef8434c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6f6fb4739c04acd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4a276b0bd894a1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0a7747c836d4a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfe92b3a3ef8434c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797688</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...333 lines deleted...]
-          <x:t>0,706</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,649</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,649</x:t>
-[...107 lines deleted...]
-          <x:t>0,587</x:t>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>