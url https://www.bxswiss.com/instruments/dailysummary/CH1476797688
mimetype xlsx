--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1f7df218042a4e78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc158761f4bf647e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfe92b3a3ef8434c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff30259dd37547b3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0a7747c836d4a31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfe92b3a3ef8434c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6e5235f7128a4e28" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff30259dd37547b3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797688</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...242 lines deleted...]
-          <x:t>03.02.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,593</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...131 lines deleted...]
-          <x:t>0,551</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,563</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,527</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,549</x:t>
-[...16 lines deleted...]
-          <x:t>0,601</x:t>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,537</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,571</x:t>
-[...129 lines deleted...]
-          <x:t>0,493</x:t>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,501</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...50 lines deleted...]
-          <x:t>0,509</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>