--- v0 (2025-10-16)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R788932667cbb43e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93f4a57b691e4a7e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb405cd08568404e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R291b28fe5b13477a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07b92235c263448d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb405cd08568404e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ab952344f334882" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R291b28fe5b13477a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797670</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,325</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,285</x:t>
-[...249 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,315</x:t>
-[...53 lines deleted...]
-          <x:t>1,295</x:t>
+          <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,135</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,135</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,115</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,055</x:t>
-[...242 lines deleted...]
-          <x:t>1,185</x:t>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,298</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>