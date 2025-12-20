--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93f4a57b691e4a7e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R655a9618765741e7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R291b28fe5b13477a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aeb02502a2a4cf5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ab952344f334882" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R291b28fe5b13477a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda0d70ec010c4d58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aeb02502a2a4cf5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797670</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,522</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,584</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,424</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,474</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,274</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>