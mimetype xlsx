--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R655a9618765741e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14ff3b1aa5b348fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6aeb02502a2a4cf5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56654f35a38c4651"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rda0d70ec010c4d58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6aeb02502a2a4cf5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07e367dec3354bb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56654f35a38c4651" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797670</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,500 +149,68 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>0,922</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,942</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,957</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,959</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,996</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,847</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,867</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,793</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>