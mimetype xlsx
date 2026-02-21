--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R14ff3b1aa5b348fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4e2d275a08f4a3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R56654f35a38c4651"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae200213fb60425b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07e367dec3354bb9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R56654f35a38c4651" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb56aeb49ca84d80" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae200213fb60425b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797670</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>0,944</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,921</x:t>
-[...259 lines deleted...]
-          <x:t>0,654</x:t>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,601</x:t>
-[...43 lines deleted...]
-          <x:t>0,595</x:t>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,577</x:t>
-[...53 lines deleted...]
-          <x:t>0,546</x:t>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>