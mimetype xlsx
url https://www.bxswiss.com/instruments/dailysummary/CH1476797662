--- v0 (2025-10-15)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38d462e7a47447a9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3f6e5799b9d48a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ca925e5b67a4168"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0db6b382fa2f47b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R86b18d3ae47b4ece" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ca925e5b67a4168" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra950c46e1767453c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0db6b382fa2f47b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797662</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>1,145</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>