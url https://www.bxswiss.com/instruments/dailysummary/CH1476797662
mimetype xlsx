--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3f6e5799b9d48a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaf094798f594475" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0db6b382fa2f47b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re061c47b49714f35"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra950c46e1767453c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0db6b382fa2f47b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a51080295df4d9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re061c47b49714f35" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797662</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,698</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,701</x:t>
-[...80 lines deleted...]
-          <x:t>0,606</x:t>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,559</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...100 lines deleted...]
-          <x:t>0,509</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>