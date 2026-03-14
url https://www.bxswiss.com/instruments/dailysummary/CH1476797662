--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdaf094798f594475" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6ed58f8dc54437a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re061c47b49714f35"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R876eb16bab0848c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7a51080295df4d9e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re061c47b49714f35" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46906cacfeb745d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R876eb16bab0848c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797662</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>0,540</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,507</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,525</x:t>
-[...227 lines deleted...]
-          <x:t>0,545</x:t>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,561</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...249 lines deleted...]
-          <x:t>0,439</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>