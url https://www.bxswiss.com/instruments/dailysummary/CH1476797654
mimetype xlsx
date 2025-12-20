--- v0 (2025-10-16)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8b1d62cc29a54850" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc18f910897af4937" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c303d57fc064c01"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R598e888162894d98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R341fa53ffd604ee6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c303d57fc064c01" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc122475fbe61407c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R598e888162894d98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797654</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>1,045</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>