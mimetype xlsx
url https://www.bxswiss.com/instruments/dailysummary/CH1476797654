--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc18f910897af4937" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb68c3aaa3a714e23" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R598e888162894d98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3ddf9b3c8524bce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc122475fbe61407c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R598e888162894d98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bfb23fb668940f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3ddf9b3c8524bce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797654</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,60 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...404 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,832</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,850</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>0,876</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,834</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,836</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,753</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,757</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,686</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>