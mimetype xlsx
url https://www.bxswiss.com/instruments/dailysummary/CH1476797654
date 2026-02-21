--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb68c3aaa3a714e23" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7c4312fbab8476c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3ddf9b3c8524bce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78ef791c1102473f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bfb23fb668940f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3ddf9b3c8524bce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82f17cf3fddb443e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78ef791c1102473f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797654</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...252 lines deleted...]
-          <x:t>0,652</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,619</x:t>
-[...97 lines deleted...]
-          <x:t>0,530</x:t>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>0,503</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,467</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,475</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>