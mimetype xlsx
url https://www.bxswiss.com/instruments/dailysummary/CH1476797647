--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R37e81c4eaf934851" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc01dcfb3a9b04828" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59d7770484c04d7c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c1ee43221f74105"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra3b60ca147834575" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59d7770484c04d7c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc80f5838453a49bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c1ee43221f74105" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797647</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,095</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,075</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,255</x:t>
-[...43 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,165</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>1,105</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,085</x:t>
-[...205 lines deleted...]
-          <x:t>1,075</x:t>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...198 lines deleted...]
-          <x:t>1,005</x:t>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,965</x:t>
-[...26 lines deleted...]
-          <x:t>1,015</x:t>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>