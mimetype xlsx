--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc01dcfb3a9b04828" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a76f22e4962492b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c1ee43221f74105"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5018a5dd6b444679"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc80f5838453a49bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c1ee43221f74105" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b21783c6d09416a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5018a5dd6b444679" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797647</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,254</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,308</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +305,517 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,198</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,036</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>