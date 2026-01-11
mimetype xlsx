--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4a76f22e4962492b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd51af51d216a4fa9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5018a5dd6b444679"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R539a7d9c114b423d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b21783c6d09416a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5018a5dd6b444679" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R003cc19c6f544d16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R539a7d9c114b423d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797647</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,500 +149,68 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...404 lines deleted...]
-          <x:t>09.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,776</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,794</x:t>
-[...4 lines deleted...]
-          <x:t>0,748</x:t>
+          <x:t>0,818</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,766</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,780</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,808</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,691</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,701</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>