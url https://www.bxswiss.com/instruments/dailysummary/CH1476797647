--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd51af51d216a4fa9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re705990d46ef4955" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R539a7d9c114b423d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ae0a56a816b4d38"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R003cc19c6f544d16" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R539a7d9c114b423d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8f1bf8fa8a74c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ae0a56a816b4d38" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797647</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,606</x:t>
-[...75 lines deleted...]
-          <x:t>0,509</x:t>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,483</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,483</x:t>
-[...11 lines deleted...]
-          <x:t>0,473</x:t>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,493</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,469</x:t>
-[...21 lines deleted...]
-          <x:t>0,483</x:t>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,469</x:t>
-[...53 lines deleted...]
-          <x:t>0,444</x:t>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>