--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re705990d46ef4955" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6c49271de244fc4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ae0a56a816b4d38"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4adb718732304cf5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc8f1bf8fa8a74c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ae0a56a816b4d38" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb875311faaa3450c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4adb718732304cf5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797647</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>0,459</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,471</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...307 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...249 lines deleted...]
-          <x:t>0,385</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>