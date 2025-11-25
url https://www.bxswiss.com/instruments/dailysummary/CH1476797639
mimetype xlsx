--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra80c27349e704fc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aed7ea2e6a2487e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d34ff063cfc4a5f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfae50d4515504c3a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc95f77a1f8fc4ed7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d34ff063cfc4a5f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcda087aed73d48b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfae50d4515504c3a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797639</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,035</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,005</x:t>
-[...64 lines deleted...]
-        <x:is>
           <x:t>1,095</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>1,035</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,015</x:t>
-[...231 lines deleted...]
-        <x:is>
           <x:t>0,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,825</x:t>
-[...38 lines deleted...]
-          <x:t>0,845</x:t>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,825</x:t>
-[...129 lines deleted...]
-          <x:t>0,955</x:t>
+          <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,895</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,955</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>