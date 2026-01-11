--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4aed7ea2e6a2487e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fc06be743af4aa6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfae50d4515504c3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda639055f2f84e8c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcda087aed73d48b1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfae50d4515504c3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d073d8b17104054" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda639055f2f84e8c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797639</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...333 lines deleted...]
-          <x:t>0,805</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,785</x:t>
-[...242 lines deleted...]
-          <x:t>0,986</x:t>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>