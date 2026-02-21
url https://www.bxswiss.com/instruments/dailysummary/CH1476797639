--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9fc06be743af4aa6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98f7df5cfec24dbd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda639055f2f84e8c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1dd62fdeee94af3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9d073d8b17104054" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda639055f2f84e8c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a8e7f11616b40e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1dd62fdeee94af3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797639</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>0,596</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,562</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,562</x:t>
-[...97 lines deleted...]
-          <x:t>0,487</x:t>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,449</x:t>
-[...87 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,440</x:t>
-[...9 lines deleted...]
-          <x:t>0,415</x:t>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>