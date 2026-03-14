--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98f7df5cfec24dbd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R798071f11df146a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf1dd62fdeee94af3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3423416c23594be6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a8e7f11616b40e6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf1dd62fdeee94af3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R078b1ab10496435f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3423416c23594be6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797639</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,525</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,537</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.01.2026</x:t>
-[...586 lines deleted...]
-          <x:t>0,359</x:t>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>