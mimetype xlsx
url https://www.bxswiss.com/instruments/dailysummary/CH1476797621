--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R625a2b2bf50d4b3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6131239d2db94f3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b3e9290a7a44843"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25bd803944724e98"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c9919723aee4ea7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b3e9290a7a44843" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc7ff24cfa5f4aed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25bd803944724e98" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797621</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>0,905</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>