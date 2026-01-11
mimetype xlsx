--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6131239d2db94f3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68fa0a72127843ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25bd803944724e98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dd618ee72a049ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc7ff24cfa5f4aed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25bd803944724e98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb071ebb43fa1401d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dd618ee72a049ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797621</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...419 lines deleted...]
-          <x:t>0,654</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,670</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,705</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,606</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...138 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>