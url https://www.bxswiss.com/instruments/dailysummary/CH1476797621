--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68fa0a72127843ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c35dd7c40f848dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dd618ee72a049ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31133caef0b1462d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb071ebb43fa1401d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dd618ee72a049ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db0a063f68147fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31133caef0b1462d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797621</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>0,641</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,617</x:t>
-[...151 lines deleted...]
-          <x:t>0,524</x:t>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,494</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,497</x:t>
-[...65 lines deleted...]
-          <x:t>0,440</x:t>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,419</x:t>
-[...16 lines deleted...]
-          <x:t>0,411</x:t>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,411</x:t>
-[...85 lines deleted...]
-          <x:t>0,388</x:t>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>