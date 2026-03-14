--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c35dd7c40f848dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3de9fa8dc0954510" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R31133caef0b1462d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re9d27dc3fdc649fa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3db0a063f68147fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R31133caef0b1462d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R99fcfe5aeb0847b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re9d27dc3fdc649fa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797621</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...117 lines deleted...]
-          <x:t>0,405</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,396</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>0,421</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...86 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,438</x:t>
-[...16 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,461</x:t>
-[...31 lines deleted...]
-          <x:t>0,444</x:t>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>0,335</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>