--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca1a8395f35e4ddb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5748354c12c4468f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2129862fa91c4bb4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57e077037f9b49cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff598ee2a4b94f78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2129862fa91c4bb4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84ec63316acb440b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57e077037f9b49cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797613</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,915</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,895</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,035</x:t>
-[...80 lines deleted...]
-          <x:t>0,915</x:t>
+          <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,895</x:t>
-[...141 lines deleted...]
-          <x:t>29.09.2025</x:t>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,905</x:t>
-[...79 lines deleted...]
-        <x:is>
           <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,735</x:t>
-[...38 lines deleted...]
-          <x:t>0,745</x:t>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,735</x:t>
-[...129 lines deleted...]
-          <x:t>0,845</x:t>
+          <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,795</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,845</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>