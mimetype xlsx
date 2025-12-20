--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5748354c12c4468f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R862f8a314efa461a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R57e077037f9b49cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe2a6b02daa044dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84ec63316acb440b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R57e077037f9b49cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4424d56edd4b46aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe2a6b02daa044dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797613</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,128</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,086</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,016</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,934</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>