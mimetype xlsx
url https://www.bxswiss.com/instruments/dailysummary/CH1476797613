--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R862f8a314efa461a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R126b33965532426b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe2a6b02daa044dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25bf5705dacd4324"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4424d56edd4b46aa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe2a6b02daa044dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74b7a18770a44ab4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25bf5705dacd4324" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797613</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,668</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,674</x:t>
-[...4 lines deleted...]
-          <x:t>0,622</x:t>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,650</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,660</x:t>
-[...80 lines deleted...]
-          <x:t>0,660</x:t>
+          <x:t>0,563</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,566</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...138 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,571</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,576</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>