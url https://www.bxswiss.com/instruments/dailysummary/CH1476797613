--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R126b33965532426b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e0094d153cd4782" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25bf5705dacd4324"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7dbb5a3d2b44bed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74b7a18770a44ab4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25bf5705dacd4324" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R555a70fa8b764535" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7dbb5a3d2b44bed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797613</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,626</x:t>
-[...178 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,488</x:t>
-[...80 lines deleted...]
-          <x:t>0,424</x:t>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,391</x:t>
-[...21 lines deleted...]
-          <x:t>0,382</x:t>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,397</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>0,363</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>