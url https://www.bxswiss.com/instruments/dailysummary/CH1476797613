--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4e0094d153cd4782" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6dee6b3229ea4887" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7dbb5a3d2b44bed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R02d324e529e54057"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R555a70fa8b764535" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7dbb5a3d2b44bed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7be3192c5dac4992" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R02d324e529e54057" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797613</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,480</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,483</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>0,313</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>