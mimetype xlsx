--- v0 (2025-10-15)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd399a1dcfb27426f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5aa689e9a854608" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf22bcd126e9c497e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra69b0a847c1648f0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb80ab4bb340e4e85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf22bcd126e9c497e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51da28fb2b8b4380" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra69b0a847c1648f0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797605</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>0,805</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>