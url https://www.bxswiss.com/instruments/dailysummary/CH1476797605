--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5aa689e9a854608" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdac89d1cdcf445cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra69b0a847c1648f0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfc546749e0c49f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R51da28fb2b8b4380" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra69b0a847c1648f0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffaf13076c4948e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfc546749e0c49f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797605</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...279 lines deleted...]
-          <x:t>0,456</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,433</x:t>
-[...124 lines deleted...]
-          <x:t>0,369</x:t>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,353</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,350</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,361</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,361</x:t>
-[...4 lines deleted...]
-          <x:t>0,335</x:t>
+          <x:t>0,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>