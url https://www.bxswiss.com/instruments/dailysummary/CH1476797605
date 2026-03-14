--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdac89d1cdcf445cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5f5d139432d46eb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdfc546749e0c49f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9cddcf3e7a1149d7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rffaf13076c4948e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdfc546749e0c49f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7c621300ba36406a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9cddcf3e7a1149d7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797605</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...112 lines deleted...]
-          <x:t>0,338</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,353</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,344</x:t>
-[...16 lines deleted...]
-          <x:t>0,387</x:t>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,343</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>0,466</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,357</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,360</x:t>
-[...123 lines deleted...]
-        <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...249 lines deleted...]
-          <x:t>0,293</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>