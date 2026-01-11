--- v0 (2025-10-15)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re47156cf8cd549db" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R663b97357f5f4e62" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2f045425442d4af6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc63c126944da4e63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c5c2c99a9d14355" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2f045425442d4af6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83368665aa4f4fef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc63c126944da4e63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797597</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>0,755</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>