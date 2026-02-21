--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R663b97357f5f4e62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0701ab5ea9064226" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc63c126944da4e63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra45698cb326d4a03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R83368665aa4f4fef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc63c126944da4e63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b211c95202f4d11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra45698cb326d4a03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797597</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>0,452</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,426</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,426</x:t>
-[...92 lines deleted...]
-          <x:t>0,358</x:t>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,343</x:t>
-[...48 lines deleted...]
-          <x:t>0,348</x:t>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,339</x:t>
-[...53 lines deleted...]
-          <x:t>0,320</x:t>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>