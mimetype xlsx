--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0701ab5ea9064226" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3433113fcd814ed6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra45698cb326d4a03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb53c41191a8542c0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b211c95202f4d11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra45698cb326d4a03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R616b163f507d4b5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb53c41191a8542c0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797597</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,359</x:t>
-[...16 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,341</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...195 lines deleted...]
-          <x:t>0,328</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,369</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>0,273</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>