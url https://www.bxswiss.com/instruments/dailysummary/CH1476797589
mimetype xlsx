--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b819a12d1d3431e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4543f5a255d74075" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3715c12dfbb4b55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5a91328a60240db"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R792e97d47c2e4139" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3715c12dfbb4b55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9da2ce6966b43a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5a91328a60240db" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797589</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,765</x:t>
+          <x:t>0,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,745</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>0,815</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>0,765</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,745</x:t>
-[...226 lines deleted...]
-        <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,605</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>0,645</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,625</x:t>
-[...11 lines deleted...]
-          <x:t>0,635</x:t>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,615</x:t>
-[...16 lines deleted...]
-          <x:t>0,635</x:t>
+          <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,665</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>0,715</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,685</x:t>
-[...26 lines deleted...]
-          <x:t>0,715</x:t>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>