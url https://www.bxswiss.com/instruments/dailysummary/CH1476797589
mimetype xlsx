--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4543f5a255d74075" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R854ecb7d04a546b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5a91328a60240db"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e9bde177e9f4c41"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9da2ce6966b43a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5a91328a60240db" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b19e3b64627496d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e9bde177e9f4c41" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797589</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>0,778</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>