--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R854ecb7d04a546b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9b07c1267db4ce8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e9bde177e9f4c41"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95a9eb0251624042"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b19e3b64627496d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e9bde177e9f4c41" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc06ed2f215e84f35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95a9eb0251624042" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797589</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>0,463</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,466</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>0,425</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,398</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>0,328</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,325</x:t>
-[...70 lines deleted...]
-          <x:t>0,319</x:t>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,303</x:t>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>