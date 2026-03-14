--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9b07c1267db4ce8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rce84549182bf40fd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R95a9eb0251624042"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc77482e8454843d8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc06ed2f215e84f35" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R95a9eb0251624042" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra0f1a16183374010" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc77482e8454843d8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797589</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>0,309</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,313</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>26.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,319</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...374 lines deleted...]
-          <x:t>0,319</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,303</x:t>
-[...139 lines deleted...]
-          <x:t>0,257</x:t>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>