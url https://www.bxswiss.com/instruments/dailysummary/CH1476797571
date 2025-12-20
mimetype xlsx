--- v0 (2025-10-14)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4171ce75113d41ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66decdd5ba164c8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdb9ad5bed4d947c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R676dac838bb24214"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf2c0386b60a540b6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdb9ad5bed4d947c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R628b0238fa074d12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R676dac838bb24214" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797571</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>0,675</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>