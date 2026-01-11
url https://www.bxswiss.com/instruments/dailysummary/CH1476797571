--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66decdd5ba164c8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cb206d29e2b4743" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R676dac838bb24214"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a58c6308f6446c4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R628b0238fa074d12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R676dac838bb24214" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f1f544818334206" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a58c6308f6446c4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797571</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>0,518</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,478</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,500</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,510</x:t>
-[...219 lines deleted...]
-        <x:is>
           <x:t>0,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,436</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,438</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,441</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,397</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>