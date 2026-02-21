--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cb206d29e2b4743" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf887a12884194869" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9a58c6308f6446c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8186a51bad4646f9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f1f544818334206" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9a58c6308f6446c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a69018a377c4c90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8186a51bad4646f9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797571</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...171 lines deleted...]
-          <x:t>0,500</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,436</x:t>
-[...60 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,373</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,373</x:t>
-[...16 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>0,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,367</x:t>
-[...70 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,308</x:t>
-[...90 lines deleted...]
-          <x:t>0,285</x:t>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>