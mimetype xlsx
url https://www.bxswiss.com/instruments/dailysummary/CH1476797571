--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf887a12884194869" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6742e85f4c4845f3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8186a51bad4646f9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree1a1771d64b4748"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4a69018a377c4c90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8186a51bad4646f9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9ae754101874e33" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree1a1771d64b4748" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797571</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...95 lines deleted...]
-          <x:t>0,294</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,303</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>26.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,316</x:t>
-[...26 lines deleted...]
-          <x:t>0,292</x:t>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,286</x:t>
-[...43 lines deleted...]
-          <x:t>0,389</x:t>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,297</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...283 lines deleted...]
-          <x:t>0,299</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,283</x:t>
-[...139 lines deleted...]
-          <x:t>0,242</x:t>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>