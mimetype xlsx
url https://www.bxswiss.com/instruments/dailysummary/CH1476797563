--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87c6605cc15a4926" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba8021f7ed8e49ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c8c561f9f8c4e6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3f8426e8c99418f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3724a4e241cf452c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c8c561f9f8c4e6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d2af79f0b3f43d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3f8426e8c99418f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797563</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,675</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>16.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,765</x:t>
-[...43 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,715</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,675</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,665</x:t>
-[...145 lines deleted...]
-        <x:is>
           <x:t>0,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,665</x:t>
-[...53 lines deleted...]
-          <x:t>0,665</x:t>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...58 lines deleted...]
-          <x:t>0,565</x:t>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,555</x:t>
-[...129 lines deleted...]
-          <x:t>0,645</x:t>
+          <x:t>0,714</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,625</x:t>
-[...26 lines deleted...]
-          <x:t>0,635</x:t>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>