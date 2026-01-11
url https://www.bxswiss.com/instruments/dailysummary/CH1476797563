--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rba8021f7ed8e49ec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38ab0fb6ef544a86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra3f8426e8c99418f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7358ba569b374e2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d2af79f0b3f43d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra3f8426e8c99418f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e0745d16e99441f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7358ba569b374e2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797563</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>0,622</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>