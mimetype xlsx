--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38ab0fb6ef544a86" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d390b0e3fd94c73" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7358ba569b374e2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd575d71439bf465f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0e0745d16e99441f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7358ba569b374e2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70036ccda6d04c8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd575d71439bf465f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797563</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,349</x:t>
-[...80 lines deleted...]
-          <x:t>0,304</x:t>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,283</x:t>
-[...11 lines deleted...]
-          <x:t>0,277</x:t>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,289</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,277</x:t>
-[...85 lines deleted...]
-          <x:t>0,268</x:t>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>