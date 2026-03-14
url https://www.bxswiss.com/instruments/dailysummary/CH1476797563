--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d390b0e3fd94c73" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdb73244259bf4eab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd575d71439bf465f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7223dd06a62c4798"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R70036ccda6d04c8c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd575d71439bf465f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R756c11f47a514586" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7223dd06a62c4798" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797563</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...80 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,281</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,298</x:t>
+          <x:t>0,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,270</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>0,275</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,298</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,267</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...50 lines deleted...]
-          <x:t>0,317</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,327</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.02.2026</x:t>
-[...397 lines deleted...]
-          <x:t>0,228</x:t>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>