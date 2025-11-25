--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R067a1463a1d446ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a0e9dcd31824303" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10c7e326a31a454b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad1e0ec88eb74cba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae7fb636abea48e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10c7e326a31a454b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5578ca3a64a04e04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad1e0ec88eb74cba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797555</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,635</x:t>
+          <x:t>0,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,625</x:t>
-[...64 lines deleted...]
-        <x:is>
           <x:t>0,675</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,635</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,625</x:t>
-[...145 lines deleted...]
-        <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,625</x:t>
-[...53 lines deleted...]
-          <x:t>0,625</x:t>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...58 lines deleted...]
-          <x:t>0,535</x:t>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,525</x:t>
-[...129 lines deleted...]
-          <x:t>0,605</x:t>
+          <x:t>0,674</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,575</x:t>
-[...26 lines deleted...]
-          <x:t>0,605</x:t>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>