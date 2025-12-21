--- v1 (2025-11-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a0e9dcd31824303" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd58ef85351724259" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad1e0ec88eb74cba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c99ff1b9972424e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5578ca3a64a04e04" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad1e0ec88eb74cba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e872d9c37e74205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c99ff1b9972424e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797555</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...419 lines deleted...]
-          <x:t>0,565</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,584</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17.11.2025</x:t>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,572</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,650</x:t>
-[...144 lines deleted...]
-          <x:t>0,642</x:t>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>