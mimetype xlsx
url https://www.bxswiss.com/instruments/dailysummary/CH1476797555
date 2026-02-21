--- v2 (2025-12-21)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd58ef85351724259" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ceb7ab0a6b24fe8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3c99ff1b9972424e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6862fff927824e43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e872d9c37e74205" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3c99ff1b9972424e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ae9ded27e4042af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6862fff927824e43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797555</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...495 lines deleted...]
-          <x:t>0,407</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,395</x:t>
-[...107 lines deleted...]
-          <x:t>0,350</x:t>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>