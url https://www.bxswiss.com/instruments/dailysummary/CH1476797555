--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ceb7ab0a6b24fe8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R41a75a3378e64383" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6862fff927824e43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R48889764b1834122"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ae9ded27e4042af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6862fff927824e43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba3d13f0b99e43c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R48889764b1834122" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797555</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>0,315</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,321</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...261 lines deleted...]
-          <x:t>0,255</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,283</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>0,214</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>