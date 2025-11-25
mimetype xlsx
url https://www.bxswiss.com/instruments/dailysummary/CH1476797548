--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc75c455dca9c42d6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe0523ce5d3b4aa3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda995ec5fe324341"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ca2327fd58e4597"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb696677f2e81498e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda995ec5fe324341" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf2b114332424f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ca2327fd58e4597" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797548</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,605</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>16.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,685</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,685</x:t>
-[...16 lines deleted...]
-          <x:t>0,685</x:t>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,645</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>0,595</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,585</x:t>
-[...145 lines deleted...]
-        <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,595</x:t>
-[...53 lines deleted...]
-          <x:t>0,595</x:t>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...58 lines deleted...]
-          <x:t>0,505</x:t>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,495</x:t>
-[...16 lines deleted...]
-          <x:t>0,505</x:t>
+          <x:t>0,638</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,505</x:t>
-[...139 lines deleted...]
-          <x:t>0,575</x:t>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>