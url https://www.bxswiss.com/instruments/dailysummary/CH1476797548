--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe0523ce5d3b4aa3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redcf7cbfa33348e8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ca2327fd58e4597"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9340c63eb14e4a2e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcf2b114332424f1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ca2327fd58e4597" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca0d7807332c477e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9340c63eb14e4a2e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797548</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...441 lines deleted...]
-          <x:t>0,612</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,536</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,604</x:t>
-[...134 lines deleted...]
-          <x:t>0,602</x:t>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>