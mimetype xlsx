--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redcf7cbfa33348e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R337192390d004a56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9340c63eb14e4a2e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ae23fc4ec444009"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca0d7807332c477e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9340c63eb14e4a2e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22d94afd5fe94e6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ae23fc4ec444009" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797548</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,502 +149,70 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...387 lines deleted...]
-          <x:t>0,422</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,408</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>0,410</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,366</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,328</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>