--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R337192390d004a56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd692330df7f24462" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ae23fc4ec444009"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4348217105b9476e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22d94afd5fe94e6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ae23fc4ec444009" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R27c61a7f4e4249b4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4348217105b9476e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797548</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>0,328</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,306</x:t>
-[...92 lines deleted...]
-          <x:t>0,258</x:t>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,249</x:t>
-[...38 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,246</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...65 lines deleted...]
-          <x:t>0,237</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>