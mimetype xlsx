--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R91bceceae16f4b53" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R306be64b7b5d44d9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59c225e0e19a4dee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf7c51bf02234f4d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R906fada703c84f29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59c225e0e19a4dee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b10e80c850143c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf7c51bf02234f4d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797530</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,545</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,555</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>0,605</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>19.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,565</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,555</x:t>
-[...205 lines deleted...]
-          <x:t>0,565</x:t>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...58 lines deleted...]
-          <x:t>0,475</x:t>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,465</x:t>
-[...16 lines deleted...]
-          <x:t>0,475</x:t>
+          <x:t>0,602</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,475</x:t>
-[...139 lines deleted...]
-          <x:t>0,535</x:t>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>