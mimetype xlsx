--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R306be64b7b5d44d9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e5e7ca30713466f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdf7c51bf02234f4d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R366e1838e3b9465b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b10e80c850143c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdf7c51bf02234f4d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19a7c5fb9fad46bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R366e1838e3b9465b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797530</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...404 lines deleted...]
-          <x:t>17.11.2025</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,514</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...173 lines deleted...]
-          <x:t>0,514</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>