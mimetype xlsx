--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e5e7ca30713466f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66f631f4af99411b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R366e1838e3b9465b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4af9fc4106494ca6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R19a7c5fb9fad46bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R366e1838e3b9465b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ca0af6b957b45f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4af9fc4106494ca6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797530</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...355 lines deleted...]
-          <x:t>0,390</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,398</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,376</x:t>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,384</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...67 lines deleted...]
-          <x:t>0,398</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,353</x:t>
-[...155 lines deleted...]
-        <x:is>
           <x:t>0,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>