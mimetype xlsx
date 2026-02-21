--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R66f631f4af99411b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79d39f2c42444683" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4af9fc4106494ca6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R443fc0fcbc344e3e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ca0af6b957b45f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4af9fc4106494ca6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R688b145a44134c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R443fc0fcbc344e3e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797530</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...90 lines deleted...]
-          <x:t>0,361</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,349</x:t>
-[...173 lines deleted...]
-          <x:t>0,262</x:t>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,285</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,278</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,256</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,256</x:t>
-[...16 lines deleted...]
-          <x:t>0,253</x:t>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,234</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>07.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,232</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>0,222</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>