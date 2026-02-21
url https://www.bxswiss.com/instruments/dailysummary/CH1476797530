--- v4 (2026-02-21)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79d39f2c42444683" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0a98c44cf68d4f51" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R443fc0fcbc344e3e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R61cc24c83fd94b26"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R688b145a44134c11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R443fc0fcbc344e3e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1992b829a0874072" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R61cc24c83fd94b26" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797530</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,279</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,285</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>