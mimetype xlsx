--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6549ab440b26429e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfed850ea9690443d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R151da3f3aeab46cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1202c801f0914e1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81c55e36ff8444fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R151da3f3aeab46cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8380f07e552c4175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1202c801f0914e1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797522</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>0,495</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>