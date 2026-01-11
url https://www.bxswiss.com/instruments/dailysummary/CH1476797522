--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfed850ea9690443d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8ed632c2cf241e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1202c801f0914e1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75b62e2e0b164714"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8380f07e552c4175" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1202c801f0914e1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4342e083c6314cd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75b62e2e0b164714" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797522</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...377 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,374</x:t>
-[...209 lines deleted...]
-        <x:is>
           <x:t>0,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,366</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,320</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,292</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>