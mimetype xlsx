--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8ed632c2cf241e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R120d27c69af24e56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R75b62e2e0b164714"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25cfe58175124e6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4342e083c6314cd3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R75b62e2e0b164714" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc11ab024be8549d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25cfe58175124e6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797522</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...161 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,323</x:t>
-[...26 lines deleted...]
-          <x:t>0,290</x:t>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,269</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,269</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...94 lines deleted...]
-          <x:t>0,239</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,220</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,218</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>0,220</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,224</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,209</x:t>
-[...4 lines deleted...]
-          <x:t>0,213</x:t>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>