--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R120d27c69af24e56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97cba28f862a4fd6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25cfe58175124e6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcb303947ab064f80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc11ab024be8549d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25cfe58175124e6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36a4a4d5de1749cd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcb303947ab064f80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797522</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>0,325</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,263</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,269</x:t>
-[...183 lines deleted...]
-          <x:t>0,247</x:t>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,257</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>0,202</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,194</x:t>
-[...355 lines deleted...]
-          <x:t>0,178</x:t>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>