--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R05bdd5645bef41ed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbb64552eb3449fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R43e1110782fe4a56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd04675aa8d714799"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45d8598c626f4c05" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R43e1110782fe4a56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb813aba5e26d498c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd04675aa8d714799" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797514</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,505</x:t>
+          <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,495</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>0,505</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,495</x:t>
-[...145 lines deleted...]
-        <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,495</x:t>
-[...53 lines deleted...]
-          <x:t>0,505</x:t>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.10.2025</x:t>
-[...85 lines deleted...]
-          <x:t>0,435</x:t>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,425</x:t>
-[...16 lines deleted...]
-          <x:t>0,435</x:t>
+          <x:t>0,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,415</x:t>
-[...112 lines deleted...]
-          <x:t>0,485</x:t>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>