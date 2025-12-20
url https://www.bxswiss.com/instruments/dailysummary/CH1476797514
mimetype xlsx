--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbb64552eb3449fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7271d568c9f47a2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd04675aa8d714799"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rced1cd435ba24d55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb813aba5e26d498c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd04675aa8d714799" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc068ac5a8d604f07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rced1cd435ba24d55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797514</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...409 lines deleted...]
-          <x:t>0,445</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,445</x:t>
-[...70 lines deleted...]
-          <x:t>0,594</x:t>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,608</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,538</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>0,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,542</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,592</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,552</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,498</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>