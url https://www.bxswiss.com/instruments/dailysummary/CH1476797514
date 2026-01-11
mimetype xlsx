--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb7271d568c9f47a2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R502f0dbc0d464871" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rced1cd435ba24d55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R630468dc430347c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc068ac5a8d604f07" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rced1cd435ba24d55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5234e5db369a4177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R630468dc430347c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797514</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...350 lines deleted...]
-          <x:t>05.12.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,354</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,358</x:t>
-[...97 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,354</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>0,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,344</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,301</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,301</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>