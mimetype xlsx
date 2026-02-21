--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R502f0dbc0d464871" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf30569dd031f4465" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R630468dc430347c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae78b84f390e4aab"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5234e5db369a4177" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R630468dc430347c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re45a3f2cc910411f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae78b84f390e4aab" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797514</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>0,354</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,307</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,313</x:t>
-[...178 lines deleted...]
-          <x:t>0,273</x:t>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,253</x:t>
-[...70 lines deleted...]
-          <x:t>0,245</x:t>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,226</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,226</x:t>
-[...60 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,206</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,215</x:t>
-[...63 lines deleted...]
-          <x:t>0,201</x:t>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>