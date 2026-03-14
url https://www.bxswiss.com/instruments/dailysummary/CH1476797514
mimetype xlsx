--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf30569dd031f4465" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6cf8e8dea5c4c19" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae78b84f390e4aab"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb07a0cd63ee84e77"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re45a3f2cc910411f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae78b84f390e4aab" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra549817a5b74465b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb07a0cd63ee84e77" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797514</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...36 lines deleted...]
-          <x:t>0,307</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,248</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,256</x:t>
-[...593 lines deleted...]
-          <x:t>0,168</x:t>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>