--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf7f98186e54d432c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86cda4d587e544aa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R968b439dfbe24d91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fd6739ea4734e47"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81c1c1a3671a4c21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R968b439dfbe24d91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad6d4864490a49e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fd6739ea4734e47" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797506</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,465</x:t>
-[...313 lines deleted...]
-          <x:t>0,475</x:t>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>0,405</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,405</x:t>
-[...166 lines deleted...]
-          <x:t>0,455</x:t>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>