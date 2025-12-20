--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R86cda4d587e544aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rababd97225684e49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2fd6739ea4734e47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3fcc79928c74ed8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad6d4864490a49e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2fd6739ea4734e47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Read9c46894b74cb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3fcc79928c74ed8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797506</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...409 lines deleted...]
-          <x:t>0,425</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,425</x:t>
-[...21 lines deleted...]
-          <x:t>0,488</x:t>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,428</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>0,472</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>