--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rababd97225684e49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3849dfd3550e42d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3fcc79928c74ed8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7bd76d2b1fb4b3b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Read9c46894b74cb1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3fcc79928c74ed8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36f285949ebe45f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7bd76d2b1fb4b3b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797506</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>0,336</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,312</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,326</x:t>
-[...43 lines deleted...]
-          <x:t>0,328</x:t>
+          <x:t>0,319</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,306</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,316</x:t>
-[...21 lines deleted...]
-          <x:t>0,316</x:t>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,324</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,324</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,333</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,283</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,316</x:t>
-[...111 lines deleted...]
-        <x:is>
           <x:t>0,283</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...3 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,286</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,259</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>