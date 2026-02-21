--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3849dfd3550e42d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eb1e4021e804ad5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf7bd76d2b1fb4b3b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e4aa841d8fa4498"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R36f285949ebe45f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf7bd76d2b1fb4b3b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfad82cc9a2f3413a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e4aa841d8fa4498" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797506</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...242 lines deleted...]
-          <x:t>23.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,211</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,207</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,237</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>0,231</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,212</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,214</x:t>
-[...33 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,194</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,202</x:t>
-[...80 lines deleted...]
-          <x:t>0,200</x:t>
+          <x:t>0,162</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,188</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,190</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>