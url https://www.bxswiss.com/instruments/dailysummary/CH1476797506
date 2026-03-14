--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2eb1e4021e804ad5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c61674b0250495b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3e4aa841d8fa4498"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08bc77e32f354efc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfad82cc9a2f3413a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3e4aa841d8fa4498" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf0d7501ae82042ea" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08bc77e32f354efc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797506</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>0,218</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,192</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,192</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,202</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>29.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,202</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,253</x:t>
-[...441 lines deleted...]
-          <x:t>0,158</x:t>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>