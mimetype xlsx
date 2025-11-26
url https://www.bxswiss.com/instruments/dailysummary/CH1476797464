--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d14ab161b2348fa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7810c7a1645644e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rca5a9a92b69d47ba"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01cd063f60d24b76"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3e88641d04f04b7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rca5a9a92b69d47ba" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R411b0d4e7747490c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01cd063f60d24b76" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797464</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,375</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>0,415</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,405</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,375</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,385</x:t>
-[...215 lines deleted...]
-          <x:t>0,385</x:t>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>0,335</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,325</x:t>
-[...193 lines deleted...]
-          <x:t>0,365</x:t>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>