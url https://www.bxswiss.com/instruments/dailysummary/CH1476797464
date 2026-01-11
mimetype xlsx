--- v1 (2025-11-26)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7810c7a1645644e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1185218d13564261" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01cd063f60d24b76"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ced02bb6d534476"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R411b0d4e7747490c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01cd063f60d24b76" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radc6e8ff816c468a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ced02bb6d534476" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797464</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>0,338</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>