--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1185218d13564261" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R128b92926b304c60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5ced02bb6d534476"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8003f45ff494c62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radc6e8ff816c468a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5ced02bb6d534476" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5ecca6563cb84a93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8003f45ff494c62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797464</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...144 lines deleted...]
-          <x:t>0,253</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,234</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,253</x:t>
-[...70 lines deleted...]
-          <x:t>0,204</x:t>
+          <x:t>0,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,193</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,157</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,167</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,188</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...89 lines deleted...]
-          <x:t>05.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,168</x:t>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,156</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,158</x:t>
-[...107 lines deleted...]
-          <x:t>0,153</x:t>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>