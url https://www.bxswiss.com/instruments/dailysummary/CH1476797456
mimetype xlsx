--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f2d6339895b402e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R475753500f4c4531" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R719269f1ac31446e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6de99fda150c41e5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6bf63b93ec6749f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R719269f1ac31446e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10d6ab00e91d449e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6de99fda150c41e5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797456</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...593 lines deleted...]
-          <x:t>15.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,046</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,228</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,546</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,845</x:t>
-[...9 lines deleted...]
-          <x:t>2,795</x:t>
+          <x:t>2,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>