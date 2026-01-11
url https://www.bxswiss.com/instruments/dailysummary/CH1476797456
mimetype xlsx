--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R475753500f4c4531" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6c685b519e2415f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6de99fda150c41e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cb097a434424d9a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R10d6ab00e91d449e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6de99fda150c41e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d5b90e9c77241e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cb097a434424d9a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797456</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,632 +149,200 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...382 lines deleted...]
-          <x:t>2,732</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,492</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,794</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,618</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>2,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,772</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,838</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,490</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,336</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>