--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6c685b519e2415f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c44fe15520e4a68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3cb097a434424d9a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5d01fa7d007b4d80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d5b90e9c77241e8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3cb097a434424d9a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R780dbc8e6c5444b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5d01fa7d007b4d80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797456</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...338 lines deleted...]
-          <x:t>1,547</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,874</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,551</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>1,347</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,240</x:t>
-[...31 lines deleted...]
-          <x:t>1,199</x:t>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>