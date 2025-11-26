--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9a835f4e54f042e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f4ded190b7e4b15" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9bf93beddce64946"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a5ff9af6b204bb5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R562c6101f39546e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9bf93beddce64946" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R822bcefdfd444e9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a5ff9af6b204bb5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>1,565</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,415</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...251 lines deleted...]
-          <x:t>07.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,965</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,925</x:t>
-[...161 lines deleted...]
-          <x:t>1,005</x:t>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>