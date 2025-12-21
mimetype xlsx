--- v1 (2025-11-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f4ded190b7e4b15" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3749044ad5ec4b86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a5ff9af6b204bb5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2bf1dc0d582c4927"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R822bcefdfd444e9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a5ff9af6b204bb5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcd5ce0161134463" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2bf1dc0d582c4927" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Put Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797431</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...382 lines deleted...]
-          <x:t>0,825</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,966</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,795</x:t>
-[...193 lines deleted...]
-          <x:t>1,280</x:t>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,033</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>