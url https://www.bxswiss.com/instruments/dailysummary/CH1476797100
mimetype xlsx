--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1430cb930d264cb0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1840da0f611549cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R50c51bee11f2481c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92708947bdf14b43"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9f26984866a549ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R50c51bee11f2481c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re04ab1af29e0443d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92708947bdf14b43" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...613 lines deleted...]
-          <x:t>0,585</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>