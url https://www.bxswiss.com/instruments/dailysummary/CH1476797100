--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1840da0f611549cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra617695858344d05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92708947bdf14b43"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5c74a6ab8a54f5e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re04ab1af29e0443d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92708947bdf14b43" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35f4dad628ad4ba9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5c74a6ab8a54f5e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...149 lines deleted...]
-          <x:t>0,230</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,268</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.11.2025</x:t>
-[...441 lines deleted...]
-          <x:t>0,301</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,247</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,277</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,295</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>