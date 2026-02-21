--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra617695858344d05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b2b09cce6d544b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5c74a6ab8a54f5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R635b599fa54b4f8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35f4dad628ad4ba9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5c74a6ab8a54f5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97a2fd24fa50407d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R635b599fa54b4f8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,332</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,336</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,298</x:t>
-[...21 lines deleted...]
-          <x:t>0,366</x:t>
+          <x:t>0,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,287</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,344</x:t>
-[...16 lines deleted...]
-          <x:t>0,391</x:t>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,327</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...229 lines deleted...]
-          <x:t>0,269</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,269</x:t>
-[...139 lines deleted...]
-          <x:t>0,592</x:t>
+          <x:t>0,387</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>