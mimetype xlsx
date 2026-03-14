--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7b2b09cce6d544b1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7979bd5d3acf4379" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R635b599fa54b4f8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R87cb66d94bae4f2f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97a2fd24fa50407d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R635b599fa54b4f8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9c780981b8b245a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R87cb66d94bae4f2f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797100</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...53 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,373</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...578 lines deleted...]
-          <x:t>0,387</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>