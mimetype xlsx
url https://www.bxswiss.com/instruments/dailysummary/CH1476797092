--- v0 (2025-10-15)
+++ v1 (2025-11-04)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb888a7164eba4681" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cfd6e6e60d941d2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf73fa0b03fd546c4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15c9ca409ded4f30"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R08199c4015db49eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf73fa0b03fd546c4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ea5f64e09254806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15c9ca409ded4f30" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797092</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,445</x:t>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...261 lines deleted...]
-          <x:t>0,455</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,405</x:t>
-[...301 lines deleted...]
-          <x:t>0,665</x:t>
+          <x:t>0,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>