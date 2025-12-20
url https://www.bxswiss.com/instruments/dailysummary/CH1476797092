--- v1 (2025-11-04)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3cfd6e6e60d941d2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ba3628ca3c043f4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15c9ca409ded4f30"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4985020f987d4d92"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ea5f64e09254806" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15c9ca409ded4f30" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R854b0f7ad6724324" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4985020f987d4d92" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797092</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.10.2025</x:t>
-[...586 lines deleted...]
-          <x:t>0,505</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>