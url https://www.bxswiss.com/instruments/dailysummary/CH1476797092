--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8ba3628ca3c043f4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R203cd7b1ced24428" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4985020f987d4d92"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re44b4ddd935b4382"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R854b0f7ad6724324" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4985020f987d4d92" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4888d5d5429c4f03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re44b4ddd935b4382" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797092</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,278</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>0,292</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,316</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>0,248</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,274</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>0,326</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,318</x:t>
-[...247 lines deleted...]
-          <x:t>0,319</x:t>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>