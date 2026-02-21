--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R203cd7b1ced24428" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5fa7c4ddeb44dfd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re44b4ddd935b4382"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfaff85c8f590476b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4888d5d5429c4f03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re44b4ddd935b4382" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdb02af541cb4186" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfaff85c8f590476b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797092</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,322</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,337</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...165 lines deleted...]
-          <x:t>19.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,313</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,325</x:t>
-[...124 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,462</x:t>
-[...26 lines deleted...]
-          <x:t>0,496</x:t>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,451</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,466</x:t>
-[...80 lines deleted...]
-          <x:t>0,637</x:t>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>