--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd5fa7c4ddeb44dfd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R48a74984c87d491a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfaff85c8f590476b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabd6edbdca5c496b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfdb02af541cb4186" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfaff85c8f590476b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52164a74e448402c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabd6edbdca5c496b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797092</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...90 lines deleted...]
-          <x:t>0,454</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,437</x:t>
-[...21 lines deleted...]
-          <x:t>0,392</x:t>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,411</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.01.2026</x:t>
-[...144 lines deleted...]
-          <x:t>0,383</x:t>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,314</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,326</x:t>
-[...323 lines deleted...]
-          <x:t>0,423</x:t>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>