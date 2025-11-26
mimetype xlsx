--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1782dd1a50ea483b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b17055a895446e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97636312f1a94fd6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d7c289629374884"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2497001f881c49d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97636312f1a94fd6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radd1808300ee442b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d7c289629374884" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,445</x:t>
-[...11 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,465</x:t>
-[...237 lines deleted...]
-          <x:t>0,485</x:t>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,435</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,445</x:t>
-[...301 lines deleted...]
-          <x:t>0,665</x:t>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>