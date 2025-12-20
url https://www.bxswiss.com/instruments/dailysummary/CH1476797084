--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b17055a895446e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb406e4e8a02f4d8a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7d7c289629374884"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11361046203d4c83"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radd1808300ee442b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7d7c289629374884" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04985305a8674fad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11361046203d4c83" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...171 lines deleted...]
-          <x:t>0,495</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,485</x:t>
-[...404 lines deleted...]
-          <x:t>0,280</x:t>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>