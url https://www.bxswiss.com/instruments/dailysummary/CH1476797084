--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb406e4e8a02f4d8a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R387c407b4a184fc3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R11361046203d4c83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6de1e2e45bab4b49"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04985305a8674fad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R11361046203d4c83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4deb4dd706e478d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6de1e2e45bab4b49" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,268</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,296</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,258</x:t>
-[...124 lines deleted...]
-          <x:t>0,298</x:t>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,316</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>0,312</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,328</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,314</x:t>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,244</x:t>
-[...151 lines deleted...]
-          <x:t>0,362</x:t>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,358</x:t>
-[...220 lines deleted...]
-          <x:t>0,348</x:t>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>