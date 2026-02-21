--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R387c407b4a184fc3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b161321604f4ff6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6de1e2e45bab4b49"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45d8115085a3402a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4deb4dd706e478d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6de1e2e45bab4b49" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f790511cd1e4e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45d8115085a3402a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,454</x:t>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,381</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-          <x:t>16.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,363</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>0,347</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...276 lines deleted...]
-          <x:t>0,687</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>