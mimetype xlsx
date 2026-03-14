--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4b161321604f4ff6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a94a7acb3df47ce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45d8115085a3402a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd5b2b9389fcb42bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f790511cd1e4e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45d8115085a3402a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5eb8a140acc34483" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd5b2b9389fcb42bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797084</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,427</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,431</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>0,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,374</x:t>
-[...6 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,481</x:t>
-[...26 lines deleted...]
-          <x:t>0,477</x:t>
+          <x:t>0,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,437</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...541 lines deleted...]
-          <x:t>0,465</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>