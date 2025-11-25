--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb204c79b04f94843" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6f0d59e04b94803" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R17b2fe6ec7224f93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebb795bed3534fd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52c1189c29434c9d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R17b2fe6ec7224f93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ffb3d6ba9fe4647" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebb795bed3534fd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,475</x:t>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,495</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...251 lines deleted...]
-          <x:t>0,515</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,465</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,475</x:t>
-[...301 lines deleted...]
-          <x:t>0,705</x:t>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>