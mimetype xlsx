--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6f0d59e04b94803" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35e48c9a313a4ca8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rebb795bed3534fd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rceef23683400445e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6ffb3d6ba9fe4647" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rebb795bed3534fd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f376d49038641c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rceef23683400445e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...441 lines deleted...]
-          <x:t>0,476</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,376</x:t>
-[...11 lines deleted...]
-          <x:t>0,310</x:t>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,286</x:t>
-[...112 lines deleted...]
-          <x:t>0,258</x:t>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>