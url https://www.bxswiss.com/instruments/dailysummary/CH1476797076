--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R35e48c9a313a4ca8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7125da2a17ed4320" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rceef23683400445e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5210f22b5bf410a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6f376d49038641c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rceef23683400445e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6119ca57dbf4581" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5210f22b5bf410a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,310</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,344</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,286</x:t>
-[...16 lines deleted...]
-          <x:t>0,286</x:t>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,276</x:t>
-[...485 lines deleted...]
-          <x:t>0,386</x:t>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,407</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...104 lines deleted...]
-          <x:t>0,377</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>