--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7125da2a17ed4320" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra46f7889771b4525" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5210f22b5bf410a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc77abd5f997e4a60"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd6119ca57dbf4581" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5210f22b5bf410a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ff66a8e7abc413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc77abd5f997e4a60" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>0,459</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,363</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,434</x:t>
-[...33 lines deleted...]
-          <x:t>15.12.2025</x:t>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,449</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,456</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>0,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,430</x:t>
-[...112 lines deleted...]
-          <x:t>0,743</x:t>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>