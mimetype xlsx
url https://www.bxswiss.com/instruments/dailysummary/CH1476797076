--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra46f7889771b4525" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb1c167836fd40b1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc77abd5f997e4a60"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5df72e329eca4ae8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ff66a8e7abc413f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc77abd5f997e4a60" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb8b2ad6f0884822" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5df72e329eca4ae8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797076</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,561</x:t>
-[...70 lines deleted...]
-          <x:t>23.01.2026</x:t>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,481</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...234 lines deleted...]
-          <x:t>05.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,379</x:t>
-[...306 lines deleted...]
-          <x:t>0,509</x:t>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,132</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>