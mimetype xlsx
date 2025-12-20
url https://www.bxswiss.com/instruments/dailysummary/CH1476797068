--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re752d10ca4fe4384" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38430107734d4862" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7d0e930a55c4e6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd97e3c1c3c764105"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0b6646a379bd4ce0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7d0e930a55c4e6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb03c1c4c63f7463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd97e3c1c3c764105" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>0,535</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,415</x:t>
-[...539 lines deleted...]
-          <x:t>0,795</x:t>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>