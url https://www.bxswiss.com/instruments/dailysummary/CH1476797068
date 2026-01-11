--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38430107734d4862" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R698bafd2f7204371" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd97e3c1c3c764105"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R708a6f4aa2b5470a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb03c1c4c63f7463a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd97e3c1c3c764105" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca4926afe7304012" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R708a6f4aa2b5470a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,346</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,366</x:t>
-[...468 lines deleted...]
-          <x:t>0,408</x:t>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>