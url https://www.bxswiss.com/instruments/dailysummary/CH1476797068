--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R698bafd2f7204371" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8c0999f5ec14c47" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R708a6f4aa2b5470a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4d1934d1e2a4435"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca4926afe7304012" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R708a6f4aa2b5470a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09d320c27d134cc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4d1934d1e2a4435" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,404</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,424</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,421</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>0,444</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,459</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...374 lines deleted...]
-          <x:t>0,799</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>