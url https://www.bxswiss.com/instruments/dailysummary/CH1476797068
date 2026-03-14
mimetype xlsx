--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8c0999f5ec14c47" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R762073fef76d4d68" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4d1934d1e2a4435"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7a1137b30ee741a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09d320c27d134cc4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4d1934d1e2a4435" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfb200e40faf4abe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7a1137b30ee741a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797068</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,510</x:t>
-[...16 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,429</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,527</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...99 lines deleted...]
-          <x:t>28.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,509</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,530</x:t>
-[...468 lines deleted...]
-          <x:t>0,557</x:t>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>