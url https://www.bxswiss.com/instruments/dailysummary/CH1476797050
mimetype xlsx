--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75daa4aaa4554b4c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07110787dcfd487f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4c0395eaeb444bfe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71f8c57d20bc4f1c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raca788cdbd0d4419" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4c0395eaeb444bfe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f530c65d3e74c82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71f8c57d20bc4f1c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797050</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,545</x:t>
-[...290 lines deleted...]
-        <x:is>
           <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,535</x:t>
-[...301 lines deleted...]
-          <x:t>0,795</x:t>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,546</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>