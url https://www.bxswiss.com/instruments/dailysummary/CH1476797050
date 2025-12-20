--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R07110787dcfd487f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a8d3f7e0234404e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R71f8c57d20bc4f1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19cdd8e42ec14bb7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f530c65d3e74c82" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R71f8c57d20bc4f1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae21efe3108840c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19cdd8e42ec14bb7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797050</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...269 lines deleted...]
-          <x:t>07.11.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,555</x:t>
-[...139 lines deleted...]
-          <x:t>0,476</x:t>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,538</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...158 lines deleted...]
-          <x:t>0,298</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>