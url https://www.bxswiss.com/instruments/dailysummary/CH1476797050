--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a8d3f7e0234404e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17b1d4c222f447f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19cdd8e42ec14bb7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07db21df8650486f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rae21efe3108840c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19cdd8e42ec14bb7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rece51a474d1f4e58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07db21df8650486f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797050</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>0,368</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,376</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,332</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>0,422</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...229 lines deleted...]
-          <x:t>10.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,488</x:t>
-[...198 lines deleted...]
-          <x:t>0,443</x:t>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>