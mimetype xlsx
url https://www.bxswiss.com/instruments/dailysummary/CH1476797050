--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17b1d4c222f447f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19ff9695870a457a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07db21df8650486f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9393eb9547a04893"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rece51a474d1f4e58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07db21df8650486f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb009fa93ce19424b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9393eb9547a04893" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797050</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,480</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>11.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,454</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,422</x:t>
-[...409 lines deleted...]
-          <x:t>0,858</x:t>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>