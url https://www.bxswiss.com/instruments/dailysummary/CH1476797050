--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R19ff9695870a457a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfed0e3adfb414520" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9393eb9547a04893"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0609b3a1a8f84d11"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb009fa93ce19424b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9393eb9547a04893" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1353bfeb1884566" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0609b3a1a8f84d11" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797050</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>0,655</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,563</x:t>
-[...141 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,551</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,574</x:t>
-[...193 lines deleted...]
-          <x:t>0,381</x:t>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,453</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>09.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,471</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,537</x:t>
-[...129 lines deleted...]
-          <x:t>0,545</x:t>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,453</x:t>
-[...69 lines deleted...]
-        <x:is>
           <x:t>0,599</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>0,609</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,154</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>