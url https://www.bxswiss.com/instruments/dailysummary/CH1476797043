--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6e19afeb1cb34fed" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R288768731d9c4a2d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5287cfdcbdc546b4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae814d3fcbc045dc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdf71695e75bf4c6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5287cfdcbdc546b4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb9a1b8f7dbd4a93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae814d3fcbc045dc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797043</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>0,495</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,358</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,515</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...519 lines deleted...]
-          <x:t>0,895</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>