--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R288768731d9c4a2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R172d34f5242e4b0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rae814d3fcbc045dc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c0664cbb2af464e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdb9a1b8f7dbd4a93" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rae814d3fcbc045dc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07f59c2c4e584046" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c0664cbb2af464e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797043</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...193 lines deleted...]
-          <x:t>0,420</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,452</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>0,434</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,420</x:t>
-[...129 lines deleted...]
-          <x:t>0,510</x:t>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,442</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,482</x:t>
-[...269 lines deleted...]
-          <x:t>0,478</x:t>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>