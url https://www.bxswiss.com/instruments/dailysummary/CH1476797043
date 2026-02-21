--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R172d34f5242e4b0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78a486b8b04e499b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5c0664cbb2af464e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76f93bf56c754593"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07f59c2c4e584046" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5c0664cbb2af464e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17925a51720445f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76f93bf56c754593" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797043</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>0,470</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,487</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,492</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,455</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,541</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>0,474</x:t>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,408</x:t>
-[...301 lines deleted...]
-          <x:t>0,920</x:t>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>