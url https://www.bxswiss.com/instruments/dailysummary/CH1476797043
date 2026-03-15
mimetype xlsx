--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78a486b8b04e499b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd4710c8791934668" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76f93bf56c754593"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf775f18d8a33486e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17925a51720445f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76f93bf56c754593" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7407cbd043414e11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf775f18d8a33486e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797043</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...117 lines deleted...]
-          <x:t>0,683</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,620</x:t>
-[...92 lines deleted...]
-          <x:t>0,398</x:t>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,567</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>04.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,573</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>0,509</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,517</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...138 lines deleted...]
-          <x:t>19.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,653</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>0,663</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,261</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,170</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>