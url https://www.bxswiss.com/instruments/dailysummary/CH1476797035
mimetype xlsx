--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f63652bcf624655" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad63340f525b4718" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R457974a8cc904ca9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dcf16e690044e55"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra863499d40054478" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R457974a8cc904ca9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R304e042f619f472f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dcf16e690044e55" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797035</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,615</x:t>
-[...598 lines deleted...]
-          <x:t>0,895</x:t>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>