--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad63340f525b4718" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf49d12e67e245f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0dcf16e690044e55"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rece879df9cc74a48"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R304e042f619f472f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0dcf16e690044e55" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re17f9a976fa44e7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rece879df9cc74a48" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797035</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...225 lines deleted...]
-          <x:t>0,705</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,384</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,585</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>0,400</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>