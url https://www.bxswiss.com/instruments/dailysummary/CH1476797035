--- v2 (2025-12-20)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf49d12e67e245f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R742b97836d904d0e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rece879df9cc74a48"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16789363808d437f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re17f9a976fa44e7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rece879df9cc74a48" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d84ba0d6dd7450c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16789363808d437f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797035</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,378</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,422</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,382</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>