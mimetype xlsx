--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R742b97836d904d0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca2d0d05609d4813" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16789363808d437f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raabe2263781b4727"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d84ba0d6dd7450c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16789363808d437f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b430c0eb30b4463" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raabe2263781b4727" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797035</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...176 lines deleted...]
-          <x:t>0,448</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,470</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...148 lines deleted...]
-          <x:t>0,550</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,476</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...261 lines deleted...]
-          <x:t>0,524</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,517</x:t>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,986</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>