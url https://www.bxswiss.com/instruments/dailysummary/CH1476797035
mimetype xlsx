--- v4 (2026-01-11)
+++ v5 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca2d0d05609d4813" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9dd64e038384560" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raabe2263781b4727"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8d1632a973649b8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3b430c0eb30b4463" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raabe2263781b4727" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9d00611e4cb4304" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8d1632a973649b8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797035</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,527</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,619</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>12.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,623</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...261 lines deleted...]
-          <x:t>05.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,601</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,737</x:t>
-[...117 lines deleted...]
-          <x:t>0,986</x:t>
+          <x:t>0,721</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>