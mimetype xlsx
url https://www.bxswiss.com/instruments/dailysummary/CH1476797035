--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd9dd64e038384560" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59702ada255842bb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc8d1632a973649b8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R109d7ea3525d4dd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9d00611e4cb4304" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc8d1632a973649b8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf544bd2f237241cb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R109d7ea3525d4dd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797035</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>0,663</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,656</x:t>
-[...124 lines deleted...]
-          <x:t>0,430</x:t>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,531</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,428</x:t>
-[...80 lines deleted...]
-          <x:t>0,524</x:t>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,545</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...101 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,625</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.02.2026</x:t>
-[...26 lines deleted...]
-          <x:t>12.02.2026</x:t>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,613</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,763</x:t>
-[...171 lines deleted...]
-          <x:t>0,721</x:t>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>