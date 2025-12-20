--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re64dde1b598447fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47e60f12bf8e46ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4636c77805c74615"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ba4264a54f4476e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1fc4bb6986974cc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4636c77805c74615" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46e7a52ab54d4109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ba4264a54f4476e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797027</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>0,585</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,456</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,436</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,525</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>0,605</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,595</x:t>
-[...458 lines deleted...]
-          <x:t>0,955</x:t>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>