--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R47e60f12bf8e46ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R858b82db630549ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ba4264a54f4476e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9985f5fb11094c51"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R46e7a52ab54d4109" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ba4264a54f4476e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe28e3ee8aef4da9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9985f5fb11094c51" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797027</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>0,460</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,561</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,408</x:t>
-[...200 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,548</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,582</x:t>
-[...252 lines deleted...]
-          <x:t>0,558</x:t>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,539</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,054</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>