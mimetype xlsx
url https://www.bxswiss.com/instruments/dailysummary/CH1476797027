--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R858b82db630549ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfe9d712687143e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9985f5fb11094c51"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90802013b1384e84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe28e3ee8aef4da9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9985f5fb11094c51" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad5c5225bfc04188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90802013b1384e84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797027</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,606</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,542</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,570</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>16.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,538</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,573</x:t>
-[...333 lines deleted...]
-          <x:t>1,054</x:t>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>