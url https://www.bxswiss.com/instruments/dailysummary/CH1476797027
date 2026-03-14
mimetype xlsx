--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdfe9d712687143e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93640d0793f54a46" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90802013b1384e84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfbf632e880924ad0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad5c5225bfc04188" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90802013b1384e84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R59a1bf94a28d45ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfbf632e880924ad0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797027</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...58 lines deleted...]
-          <x:t>0,716</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,769</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,706</x:t>
-[...26 lines deleted...]
-          <x:t>0,695</x:t>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,763</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>0,701</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,639</x:t>
-[...463 lines deleted...]
-          <x:t>0,783</x:t>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,226</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>