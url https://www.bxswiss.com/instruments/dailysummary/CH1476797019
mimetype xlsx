--- v0 (2025-10-15)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7ba5ecca70f744d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94da65d6d07d45d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R495698ad3f204ecb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4a8cd95660949e8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R049add6d76ee460f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R495698ad3f204ecb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81ffd9fce3494cac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4a8cd95660949e8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>0,785</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,591</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,725</x:t>
-[...593 lines deleted...]
-          <x:t>1,005</x:t>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>