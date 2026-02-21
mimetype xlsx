--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R94da65d6d07d45d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc178976777ce43c0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc4a8cd95660949e8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfddd2539ba6b4f34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81ffd9fce3494cac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc4a8cd95660949e8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R633926fabea6402d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfddd2539ba6b4f34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797019</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>0,716</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,760</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>0,639</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,661</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>0,608</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,642</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.12.2025</x:t>
-[...176 lines deleted...]
-          <x:t>0,524</x:t>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,583</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,563</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,563</x:t>
-[...139 lines deleted...]
-          <x:t>1,127</x:t>
+          <x:t>0,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>