--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5141482d8d5941d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c69b04dd30543d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9984fb0b73ae471e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0ddac791f55455e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R376e93befbe84062" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9984fb0b73ae471e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raecc25fc23f340b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0ddac791f55455e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797001</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,785</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,825</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,775</x:t>
-[...48 lines deleted...]
-          <x:t>0,595</x:t>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,605</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,655</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,655</x:t>
-[...70 lines deleted...]
-          <x:t>0,705</x:t>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,695</x:t>
-[...128 lines deleted...]
-        <x:is>
           <x:t>0,845</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>02.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,255</x:t>
-[...215 lines deleted...]
-          <x:t>1,135</x:t>
+          <x:t>0,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,025</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,115</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,428</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>