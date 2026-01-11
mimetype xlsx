--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c69b04dd30543d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree40c8cd3d7c4927" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb0ddac791f55455e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2d58e885e1840cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raecc25fc23f340b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb0ddac791f55455e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d8332d170fc4064" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2d58e885e1840cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797001</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...414 lines deleted...]
-          <x:t>0,845</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,658</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,744</x:t>
-[...21 lines deleted...]
-          <x:t>0,582</x:t>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,606</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...127 lines deleted...]
-          <x:t>0,428</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,089</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>