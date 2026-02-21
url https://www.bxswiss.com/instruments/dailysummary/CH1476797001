--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ree40c8cd3d7c4927" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b26efe2361245fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2d58e885e1840cb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83e57e7a4a6747b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2d8332d170fc4064" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2d58e885e1840cb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1be2da62ea44975" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83e57e7a4a6747b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797001</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>0,814</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,549</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,637</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,708</x:t>
-[...43 lines deleted...]
-          <x:t>0,662</x:t>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,582</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,611</x:t>
-[...205 lines deleted...]
-          <x:t>0,916</x:t>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,749</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,913</x:t>
-[...107 lines deleted...]
-          <x:t>1,205</x:t>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>