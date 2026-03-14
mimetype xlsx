--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3b26efe2361245fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b7ae1e3aa6f421b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R83e57e7a4a6747b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R914b29f143424750"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf1be2da62ea44975" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R83e57e7a4a6747b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R76b1262c4f7d41bd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R914b29f143424750" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476797001</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>0,656</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,967</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,718</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...590 lines deleted...]
-          <x:t>0,917</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>