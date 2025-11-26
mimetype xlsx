--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab802d15bec146e4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc93d75941ccf4bbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2766fbe677494478"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b9ab54f2bc4457d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0dcb40d4a1754071" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2766fbe677494478" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba09181936f14bc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b9ab54f2bc4457d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796995</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,835</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,815</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...280 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,895</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>02.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,315</x:t>
-[...252 lines deleted...]
-          <x:t>1,125</x:t>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>