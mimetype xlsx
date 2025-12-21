--- v1 (2025-11-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc93d75941ccf4bbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf7043ebb9394c3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8b9ab54f2bc4457d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f19dd476e9e4209"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba09181936f14bc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8b9ab54f2bc4457d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6a9bbcaecf849ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f19dd476e9e4209" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796995</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...387 lines deleted...]
-          <x:t>0,895</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,792</x:t>
-[...11 lines deleted...]
-          <x:t>0,796</x:t>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,622</x:t>
-[...166 lines deleted...]
-          <x:t>0,530</x:t>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>