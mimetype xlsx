--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdf7043ebb9394c3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9b2a77fdd824ce5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3f19dd476e9e4209"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51660c0e33714e1b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6a9bbcaecf849ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3f19dd476e9e4209" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0c4360f790c443e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51660c0e33714e1b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796995</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,616</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,660</x:t>
-[...345 lines deleted...]
-          <x:t>0,685</x:t>
+          <x:t>0,651</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,691</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,593</x:t>
-[...58 lines deleted...]
-          <x:t>0,702</x:t>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>