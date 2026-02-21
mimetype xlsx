--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re9b2a77fdd824ce5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42582a9adf75405f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51660c0e33714e1b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R382c12cccd4547dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0c4360f790c443e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51660c0e33714e1b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf23f7cfe2ce240f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R382c12cccd4547dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796995</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>0,871</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,758</x:t>
-[...377 lines deleted...]
-          <x:t>1,283</x:t>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>