--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R42582a9adf75405f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1813fa465c2042ab" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R382c12cccd4547dd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb77222e8b18a4ba1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf23f7cfe2ce240f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R382c12cccd4547dd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb489e0d74371425c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb77222e8b18a4ba1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796995</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>0,840</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,887</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>0,870</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,875</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...600 lines deleted...]
-          <x:t>0,991</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>