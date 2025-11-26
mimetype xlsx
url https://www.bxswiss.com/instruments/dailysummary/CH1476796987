--- v0 (2025-10-16)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c5e4ebdaa1b43aa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R123747c9eb6a4a80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e13e18eeda3451a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b60aa0839d2411a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdae7ce2a1d444568" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e13e18eeda3451a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eb3fc9d4b2440b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b60aa0839d2411a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796987</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,885</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,875</x:t>
-[...48 lines deleted...]
-          <x:t>0,675</x:t>
+          <x:t>0,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,685</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,745</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>0,805</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,785</x:t>
-[...97 lines deleted...]
-          <x:t>0,915</x:t>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,825</x:t>
-[...328 lines deleted...]
-          <x:t>1,195</x:t>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>