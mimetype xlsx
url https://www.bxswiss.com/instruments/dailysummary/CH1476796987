--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R123747c9eb6a4a80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c4196f9e0d24735" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6b60aa0839d2411a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1d99213a9d3421f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6eb3fc9d4b2440b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6b60aa0839d2411a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R895090a7d1ee4767" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1d99213a9d3421f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796987</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...414 lines deleted...]
-          <x:t>0,854</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,516</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,664</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>18.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,566</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,526</x:t>
-[...139 lines deleted...]
-          <x:t>0,568</x:t>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,692</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>