--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4c4196f9e0d24735" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95fe4226860d4822" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc1d99213a9d3421f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85b3c41f1fa244c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R895090a7d1ee4767" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc1d99213a9d3421f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8ffe0ed6e744ead" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85b3c41f1fa244c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796987</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>0,634</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,707</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,754</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,664</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...229 lines deleted...]
-          <x:t>0,800</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,718</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,755</x:t>
-[...188 lines deleted...]
-          <x:t>0,754</x:t>
+          <x:t>0,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>