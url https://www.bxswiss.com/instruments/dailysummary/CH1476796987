--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R95fe4226860d4822" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf32b3a62efcc4dcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R85b3c41f1fa244c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d8a02472fb746ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf8ffe0ed6e744ead" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R85b3c41f1fa244c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4cd0f9020d9427f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d8a02472fb746ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796987</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>0,883</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,931</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>1,366</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>