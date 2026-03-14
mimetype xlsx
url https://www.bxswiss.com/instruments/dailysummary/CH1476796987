--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf32b3a62efcc4dcd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f0a8d8be7794d70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d8a02472fb746ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdbab9f11f5924acb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4cd0f9020d9427f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d8a02472fb746ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3535b6d4313543f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdbab9f11f5924acb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796987</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,941</x:t>
-[...16 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,979</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,034</x:t>
-[...53 lines deleted...]
-          <x:t>1,056</x:t>
+          <x:t>0,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,021</x:t>
-[...75 lines deleted...]
-          <x:t>0,636</x:t>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,067</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,641</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...428 lines deleted...]
-          <x:t>1,067</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,391</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,301</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>