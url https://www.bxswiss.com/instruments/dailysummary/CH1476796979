--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Redf2ea4cd0074949" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80e0479593564005" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08a9bd73763b4157"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16ba0c758f6947fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf8c5bd8d04f402d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08a9bd73763b4157" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57d734f556d14388" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16ba0c758f6947fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796979</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,945</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,925</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...278 lines deleted...]
-          <x:t>0,905</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,885</x:t>
-[...301 lines deleted...]
-          <x:t>1,255</x:t>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,636</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,484</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>