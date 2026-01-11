--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R80e0479593564005" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda64558feaec404c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16ba0c758f6947fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda63e3ef8c8c4337"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R57d734f556d14388" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16ba0c758f6947fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf61bf122d786480c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda63e3ef8c8c4337" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796979</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1,155</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,689</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,802</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,138</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,105</x:t>
-[...544 lines deleted...]
-          <x:t>0,608</x:t>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>