--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda64558feaec404c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R09e55b3e80d442ec" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rda63e3ef8c8c4337"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7aeb378ad96e4856"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf61bf122d786480c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rda63e3ef8c8c4337" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c22da35cbd244a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7aeb378ad96e4856" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796979</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...274 lines deleted...]
-          <x:t>0,767</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,042</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,094</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,873</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,802</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,713</x:t>
-[...38 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,941</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>1,453</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>