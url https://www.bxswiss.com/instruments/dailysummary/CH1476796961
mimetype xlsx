--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f52c34a1ef04409" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb512128a45cc42d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb91386c52e4e4b47"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40ee4bc4aa1646d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d479b6eed9a4f11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb91386c52e4e4b47" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95bd5d4cb76548b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40ee4bc4aa1646d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796961</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>0,995</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,975</x:t>
-[...11 lines deleted...]
-          <x:t>0,975</x:t>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,785</x:t>
-[...259 lines deleted...]
-          <x:t>0,955</x:t>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,935</x:t>
-[...274 lines deleted...]
-          <x:t>1,385</x:t>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>