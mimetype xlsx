--- v1 (2025-11-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb512128a45cc42d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5fbf2facaa374a86" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R40ee4bc4aa1646d2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9531dff87934964"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95bd5d4cb76548b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R40ee4bc4aa1646d2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rabe093028bbf4131" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9531dff87934964" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796961</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...473 lines deleted...]
-          <x:t>0,600</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,616</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,618</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>0,684</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,566</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,734</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,634</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,628</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,696</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>0,570</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,766</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,866</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,909</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>