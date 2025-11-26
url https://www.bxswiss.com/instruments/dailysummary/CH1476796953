--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R69edfd0929ce47e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb79ff99f360b42e5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3012c779a7ac410f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra570c1d244054ab5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6ec7cf17b354d55" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3012c779a7ac410f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcd576cc7af44f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra570c1d244054ab5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,065</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>0,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...278 lines deleted...]
-          <x:t>1,015</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,995</x:t>
-[...301 lines deleted...]
-          <x:t>1,405</x:t>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,836</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>