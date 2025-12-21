--- v1 (2025-11-26)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb79ff99f360b42e5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d9d296037324e26" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra570c1d244054ab5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3171b9e22484d29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfcd576cc7af44f58" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra570c1d244054ab5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b2d92b1fe294999" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3171b9e22484d29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...414 lines deleted...]
-          <x:t>1,024</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,658</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,604</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,804</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,836</x:t>
-[...65 lines deleted...]
-          <x:t>0,732</x:t>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,744</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...87 lines deleted...]
-          <x:t>0,696</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,764</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,714</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,832</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>