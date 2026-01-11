--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d9d296037324e26" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5696bdb8cb142d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re3171b9e22484d29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R035f869042394ab2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5b2d92b1fe294999" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re3171b9e22484d29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R005c6d2a61664ffe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R035f869042394ab2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...360 lines deleted...]
-          <x:t>0,940</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,862</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,870</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>0,974</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,916</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,926</x:t>
-[...188 lines deleted...]
-          <x:t>0,931</x:t>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,016</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>