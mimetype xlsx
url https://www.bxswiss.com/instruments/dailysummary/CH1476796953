--- v3 (2026-01-11)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re5696bdb8cb142d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17b426de0e9348e3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R035f869042394ab2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ef3791abcb640a3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R005c6d2a61664ffe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R035f869042394ab2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re99aae998c904254" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ef3791abcb640a3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,862</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,010</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>