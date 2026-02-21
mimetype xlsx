--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17b426de0e9348e3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3158773b09ce40ba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1ef3791abcb640a3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ec69d12ab384cc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re99aae998c904254" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1ef3791abcb640a3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0de1cea1c1d548e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ec69d12ab384cc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>1,053</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,928</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,822</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,974</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>1,633</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,887</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,039</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>