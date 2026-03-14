--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3158773b09ce40ba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5dac9a73ef654e18" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ec69d12ab384cc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R996b7624ed9a4861"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0de1cea1c1d548e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ec69d12ab384cc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ac946195a5649b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R996b7624ed9a4861" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796953</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>1,308</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,197</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,171</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...462 lines deleted...]
-          <x:t>13.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,179</x:t>
-[...144 lines deleted...]
-          <x:t>1,323</x:t>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,559</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,369</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>