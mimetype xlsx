--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd91c4bf260984d2d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R899a057153d7490b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05c2e4e837304439"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbae5ce531e3c447b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R647f21bd2bb04f30" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05c2e4e837304439" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c4ddbf35d4841e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbae5ce531e3c447b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796946</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,125</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,175</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,095</x:t>
-[...11 lines deleted...]
-          <x:t>1,095</x:t>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,875</x:t>
-[...308 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,705</x:t>
-[...225 lines deleted...]
-          <x:t>1,535</x:t>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,702</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,712</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,584</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,652</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>