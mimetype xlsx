--- v1 (2025-11-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R899a057153d7490b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dbc660df0634ad0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbae5ce531e3c447b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa00324ea46f41bd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c4ddbf35d4841e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbae5ce531e3c447b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd44f67c4a264448c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa00324ea46f41bd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796946</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...53 lines deleted...]
-          <x:t>28.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,814</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,002</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,355</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>1,305</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,375</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.10.2025</x:t>
-[...505 lines deleted...]
-          <x:t>0,652</x:t>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,706</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,622</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>