--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7dbc660df0634ad0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9766c63b34e24516" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa00324ea46f41bd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe445a6e696c4a7d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd44f67c4a264448c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa00324ea46f41bd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra64808234ae34bc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe445a6e696c4a7d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796946</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...301 lines deleted...]
-          <x:t>0,943</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,869</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,087</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...141 lines deleted...]
-          <x:t>1,730</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>