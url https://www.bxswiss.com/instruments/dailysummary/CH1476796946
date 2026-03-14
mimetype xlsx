--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9766c63b34e24516" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd0ffc89609fd42c1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfe445a6e696c4a7d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc49f55842dfd4714"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra64808234ae34bc5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfe445a6e696c4a7d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R943c3080cfa14f48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc49f55842dfd4714" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796946</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,381</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,388</x:t>
-[...58 lines deleted...]
-          <x:t>1,234</x:t>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,295</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>1,242</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,277</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...532 lines deleted...]
-          <x:t>1,417</x:t>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,441</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,401</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,433</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>