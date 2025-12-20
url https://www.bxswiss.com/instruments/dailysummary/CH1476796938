--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R827bae871d574a91" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54da7dc0d29940bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98bfcb0ea9ec4161"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5c0b15e41724bde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0c596c2dadf4ae2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98bfcb0ea9ec4161" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a79a88bd8ce409b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5c0b15e41724bde" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796938</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,752</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,846</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,794</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,914</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,884</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,816</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,245</x:t>
-[...124 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,055</x:t>
-[...441 lines deleted...]
-          <x:t>1,605</x:t>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>