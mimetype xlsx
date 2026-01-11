--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R54da7dc0d29940bd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63b3cdbceb364f05" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra5c0b15e41724bde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddaf62a11f63455e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9a79a88bd8ce409b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra5c0b15e41724bde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4350acbfc6c44684" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddaf62a11f63455e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796938</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>0,904</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,047</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,036</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>0,962</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>0,880</x:t>
-[...232 lines deleted...]
-          <x:t>1,035</x:t>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,045</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>1,066</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,162</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,462</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>