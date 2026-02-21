--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63b3cdbceb364f05" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4781687e6b5c4432" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rddaf62a11f63455e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1e3b45de8a64a3c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4350acbfc6c44684" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rddaf62a11f63455e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98b00684975a4153" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1e3b45de8a64a3c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796938</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>0,983</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,364</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,944</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,147</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>15.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,195</x:t>
-[...360 lines deleted...]
-          <x:t>1,830</x:t>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>