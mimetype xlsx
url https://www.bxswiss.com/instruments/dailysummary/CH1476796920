--- v0 (2025-10-15)
+++ v1 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9b97a386ba14a33" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68e08f934c6b4054" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R32143fdf2bb84ee0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5006ba65ee74de9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3abeb5df6d6f41fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R32143fdf2bb84ee0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45033448b1224bd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5006ba65ee74de9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796920</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...107 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,195</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>22.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,271</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,932</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,115</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...202 lines deleted...]
-          <x:t>02.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,875</x:t>
-[...252 lines deleted...]
-          <x:t>1,635</x:t>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>