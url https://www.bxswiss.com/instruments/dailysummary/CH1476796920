--- v1 (2026-01-10)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68e08f934c6b4054" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R888368ffb3754e9e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf5006ba65ee74de9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82e070df979f4009"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45033448b1224bd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf5006ba65ee74de9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f740d6314d147ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82e070df979f4009" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796920</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>1,176</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,004</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,382</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,066</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,123</x:t>
-[...11 lines deleted...]
-          <x:t>1,118</x:t>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,285</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...411 lines deleted...]
-          <x:t>1,933</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>