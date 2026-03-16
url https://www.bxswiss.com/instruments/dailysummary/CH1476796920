--- v2 (2026-02-21)
+++ v3 (2026-03-16)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R888368ffb3754e9e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70fdbf39c4204065" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R82e070df979f4009"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1527a802128f4cba"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f740d6314d147ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R82e070df979f4009" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff1b4d0e3d984c9f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1527a802128f4cba" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796920</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...63 lines deleted...]
-          <x:t>1,522</x:t>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,413</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,450</x:t>
-[...6 lines deleted...]
-          <x:t>26.01.2026</x:t>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,571</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,447</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,555</x:t>
-[...16 lines deleted...]
-          <x:t>27.01.2026</x:t>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,568</x:t>
-[...495 lines deleted...]
-          <x:t>1,611</x:t>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,079</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,829</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,769</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,667</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>