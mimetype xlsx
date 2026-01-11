--- v0 (2025-10-15)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf89dcbe272444aa6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e12525e578a4c3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4b92ebb0b794105"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65f1e23874734cd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R664a2d0c54764756" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4b92ebb0b794105" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07fb1163e89347d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65f1e23874734cd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796912</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,131</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,041</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,189</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,165</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,175</x:t>
-[...85 lines deleted...]
-          <x:t>1,075</x:t>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,212</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,155</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>1,775</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,626</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,724</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,931</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>