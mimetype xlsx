--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e12525e578a4c3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f309115b6114f0d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R65f1e23874734cd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb96221641d444b7e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R07fb1163e89347d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R65f1e23874734cd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8abd23eb43c14320" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb96221641d444b7e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796912</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>17.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,389</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,451</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,177</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...308 lines deleted...]
-          <x:t>2,040</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,331</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,531</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>