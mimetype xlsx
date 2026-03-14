--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f309115b6114f0d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74d010889b024a14" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb96221641d444b7e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R35c24eb202054739"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8abd23eb43c14320" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb96221641d444b7e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0ec3ce35379f40d7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R35c24eb202054739" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796912</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...134 lines deleted...]
-          <x:t>28.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,554</x:t>
-[...210 lines deleted...]
-          <x:t>1,385</x:t>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,387</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,315</x:t>
-[...26 lines deleted...]
-          <x:t>1,465</x:t>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,709</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,505</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...182 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,523</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,569</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,817</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,491</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,657</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,731</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,577</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,627</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,611</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,563</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>