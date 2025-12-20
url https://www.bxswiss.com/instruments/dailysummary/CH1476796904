--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1da4adb28afa41c0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70f49f6ef22f4d1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rac85adba44604813"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c96d7e1ac514734"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9729d61ad654a29" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rac85adba44604813" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1592c95cda7f426c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c96d7e1ac514734" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796904</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>1,325</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,906</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,962</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,948</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,028</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,375</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,355</x:t>
-[...16 lines deleted...]
-          <x:t>24.09.2025</x:t>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,385</x:t>
-[...387 lines deleted...]
-          <x:t>1,855</x:t>
+          <x:t>1,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>