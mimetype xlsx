--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R70f49f6ef22f4d1c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb3d7205699244b2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7c96d7e1ac514734"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd050f37343a344c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1592c95cda7f426c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7c96d7e1ac514734" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7aba5b33224c4df9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd050f37343a344c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796904</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...203 lines deleted...]
-          <x:t>1,068</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,447</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,526</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,317</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,110</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28.11.2025</x:t>
-[...161 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,222</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,286</x:t>
-[...252 lines deleted...]
-          <x:t>1,290</x:t>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,972</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>