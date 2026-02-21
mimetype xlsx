--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcb3d7205699244b2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbe52c83bbdb4283" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd050f37343a344c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47f0bd5fa839472d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7aba5b33224c4df9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd050f37343a344c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R896d99efd1f44836" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47f0bd5fa839472d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796904</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>1,306</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,594</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,232</x:t>
-[...119 lines deleted...]
-          <x:t>1,747</x:t>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,171</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,441</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,481</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,823</x:t>
-        </x:is>
-[...89 lines deleted...]
-          <x:t>2,153</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>