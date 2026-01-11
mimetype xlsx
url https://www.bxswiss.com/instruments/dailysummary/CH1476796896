--- v0 (2025-10-15)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R045ef600d4db48c2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R456a0e57b88c414a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R607e8e1d240443e5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R252b9a93aeb647e4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbdd4baf36d264095" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R607e8e1d240443e5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R155a8e0e119949d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R252b9a93aeb647e4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796896</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>1,295</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,406</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,347</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,419</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,315</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>1,435</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,342</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,312</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,365</x:t>
-[...70 lines deleted...]
-          <x:t>1,445</x:t>
+          <x:t>1,496</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,435</x:t>
-[...151 lines deleted...]
-          <x:t>2,115</x:t>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,847</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,035</x:t>
-[...11 lines deleted...]
-          <x:t>2,035</x:t>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,024</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,136</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,955</x:t>
-[...139 lines deleted...]
-          <x:t>1,945</x:t>
+          <x:t>2,264</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>