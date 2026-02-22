--- v1 (2026-01-11)
+++ v2 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R456a0e57b88c414a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R669b623d398d49cb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R252b9a93aeb647e4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra574fb8bd39d41d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R155a8e0e119949d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R252b9a93aeb647e4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30162d5ce4b44d49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra574fb8bd39d41d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796896</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1,343</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,757</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,807</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,844</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,696</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,241</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,904</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,533</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,261</x:t>
-[...11 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,666</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,615</x:t>
-[...291 lines deleted...]
-          <x:t>1,849</x:t>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,927</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,792</x:t>
-[...85 lines deleted...]
-          <x:t>2,264</x:t>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>