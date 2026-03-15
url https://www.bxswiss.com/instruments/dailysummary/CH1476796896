--- v2 (2026-02-22)
+++ v3 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R669b623d398d49cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2972f41bfbb04b60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra574fb8bd39d41d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb2e0a58437b54edc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30162d5ce4b44d49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra574fb8bd39d41d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2e0e44c839b245d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb2e0a58437b54edc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796896</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,609</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,669</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,717</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,663</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...374 lines deleted...]
-          <x:t>1,723</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,679</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,801</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,661</x:t>
-[...92 lines deleted...]
-          <x:t>16.02.2026</x:t>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,761</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,781</x:t>
-[...117 lines deleted...]
-          <x:t>1,935</x:t>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,951</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,299</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,337</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,709</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,681</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,619</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,721</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,663</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>