--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c817bbb76804b87" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R349a925f19e54a92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re8a0564fffc6492b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa4659fcacee4141"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R857b5785c0f84a89" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re8a0564fffc6492b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba1b018bda524c19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa4659fcacee4141" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796888</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...112 lines deleted...]
-          <x:t>1,485</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,024</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,022</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,952</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,956</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,964</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,214</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,102</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,545</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...465 lines deleted...]
-          <x:t>2,035</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,458</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>