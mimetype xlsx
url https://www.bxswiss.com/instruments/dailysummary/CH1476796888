--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R349a925f19e54a92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d19e8e50931408c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfa4659fcacee4141"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R897f31fcf0d34e96"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rba1b018bda524c19" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfa4659fcacee4141" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4357cc600b54cc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R897f31fcf0d34e96" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796888</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...392 lines deleted...]
-          <x:t>1,348</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,492</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,634</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,606</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,257</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,207</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,467</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,398</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,418</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,502</x:t>
-[...225 lines deleted...]
-          <x:t>1,458</x:t>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,442</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,131</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,264</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,381</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>