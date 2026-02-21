--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d19e8e50931408c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0ce205e2a5149a7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R897f31fcf0d34e96"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76d0a774dfa34700"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4357cc600b54cc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R897f31fcf0d34e96" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82c5af9aa3104c0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76d0a774dfa34700" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796888</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>1,339</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,862</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,954</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,309</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,323</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,545</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...251 lines deleted...]
-          <x:t>1,397</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,692</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,589</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,397</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,552</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,431</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,591</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,589</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>2,381</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>