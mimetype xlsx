--- v3 (2026-02-21)
+++ v4 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0ce205e2a5149a7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R654322ec00604ede" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R76d0a774dfa34700"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e5d194460ca4afc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82c5af9aa3104c0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R76d0a774dfa34700" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfedeacbb88e84867" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e5d194460ca4afc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796888</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>1,762</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,711</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,667</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,771</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...229 lines deleted...]
-          <x:t>03.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,014</x:t>
-[...16 lines deleted...]
-          <x:t>04.02.2026</x:t>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,109</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,759</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,659</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,767</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...335 lines deleted...]
-          <x:t>2,049</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,869</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,069</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,767</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,837</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,927</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,741</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,777</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,717</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>