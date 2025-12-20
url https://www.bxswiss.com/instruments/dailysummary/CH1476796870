--- v0 (2025-10-15)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R21e34258438a424f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R365b7b1a4dfb4dcd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5da34238c64c42a8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d75ee71e7c8473e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84bc396274384582" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5da34238c64c42a8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cba2917d54448ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d75ee71e7c8473e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>1,475</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,044</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,116</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,012</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,374</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,056</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,144</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,266</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,184</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,196</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,372</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,502</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,584</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,515</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>2,135</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>