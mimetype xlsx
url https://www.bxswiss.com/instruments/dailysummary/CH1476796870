--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R365b7b1a4dfb4dcd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R770fcba23ca24790" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1d75ee71e7c8473e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R902906eab93c4576"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8cba2917d54448ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1d75ee71e7c8473e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe7fb17208474c7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R902906eab93c4576" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...328 lines deleted...]
-          <x:t>1,316</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,596</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,541</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,388</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,278</x:t>
-[...43 lines deleted...]
-          <x:t>1,458</x:t>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,547</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,417</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,534</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...229 lines deleted...]
-          <x:t>19.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,557</x:t>
-[...9 lines deleted...]
-          <x:t>1,547</x:t>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,319</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,367</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,503</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>