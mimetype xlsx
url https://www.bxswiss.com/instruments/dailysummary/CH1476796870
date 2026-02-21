--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R770fcba23ca24790" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd2a0adc07ea4ef7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R902906eab93c4576"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb7fa87bcefd64413"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbe7fb17208474c7b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R902906eab93c4576" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R264ac0d2eff24180" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb7fa87bcefd64413" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...301 lines deleted...]
-          <x:t>1,488</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,944</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,902</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,576</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,685</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,488</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,685</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>2,503</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,522</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,713</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,691</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,937</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,837</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,877</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>