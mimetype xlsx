--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec7c20414b0e41dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75b4cc7b915a48d8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc045ff81a7c448b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a5c9b8d6eb24cf1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4e8f1a62ee9e4185" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc045ff81a7c448b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R911e2eb2197b48fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a5c9b8d6eb24cf1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796862</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,795</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,685</x:t>
-[...60 lines deleted...]
-          <x:t>18.09.2025</x:t>
+          <x:t>1,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,475</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>1,565</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,495</x:t>
-[...97 lines deleted...]
-          <x:t>1,655</x:t>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,625</x:t>
-[...274 lines deleted...]
-          <x:t>2,225</x:t>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,414</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>