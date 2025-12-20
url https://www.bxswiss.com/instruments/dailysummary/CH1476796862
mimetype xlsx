--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R75b4cc7b915a48d8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa8ef1cc9c31485f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a5c9b8d6eb24cf1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07f8bde3697244da"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R911e2eb2197b48fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a5c9b8d6eb24cf1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47b11df6b8b34ae0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07f8bde3697244da" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796862</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...279 lines deleted...]
-          <x:t>1,675</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,182</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,224</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,454</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,402</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,344</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,396</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,572</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,475</x:t>
-[...296 lines deleted...]
-          <x:t>1,090</x:t>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>