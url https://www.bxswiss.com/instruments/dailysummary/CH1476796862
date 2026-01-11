--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa8ef1cc9c31485f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc359f312d1d148a6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R07f8bde3697244da"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3f703c9a6d84300"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47b11df6b8b34ae0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R07f8bde3697244da" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b2b9fd99f5346b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3f703c9a6d84300" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796862</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,524</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,534</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,366</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,454</x:t>
-[...183 lines deleted...]
-          <x:t>1,544</x:t>
+          <x:t>1,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,639</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,622</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,514</x:t>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,568</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...219 lines deleted...]
-          <x:t>19.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,579</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,627</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,578</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,650</x:t>
-[...9 lines deleted...]
-          <x:t>1,639</x:t>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,626</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>