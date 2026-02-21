--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc359f312d1d148a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e55c122485d4849" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb3f703c9a6d84300"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reede37aa879e46c1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b2b9fd99f5346b9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb3f703c9a6d84300" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60614aaf6c084b88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reede37aa879e46c1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796862</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...85 lines deleted...]
-          <x:t>1,778</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,999</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,052</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,984</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,947</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,741</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,989</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,511</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,067</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,817</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,615</x:t>
-[...355 lines deleted...]
-          <x:t>2,626</x:t>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>