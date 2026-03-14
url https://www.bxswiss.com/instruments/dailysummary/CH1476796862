--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e55c122485d4849" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra00195379c0e41fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reede37aa879e46c1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R09bf218ce159461c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R60614aaf6c084b88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reede37aa879e46c1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R115a3166469940ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R09bf218ce159461c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796862</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...171 lines deleted...]
-          <x:t>2,073</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,911</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,871</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,851</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,111</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,941</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,871</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,991</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,011</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...455 lines deleted...]
-          <x:t>2,289</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,273</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,311</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,922</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,157</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,789</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,059</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,929</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,809</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,841</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>