--- v0 (2025-10-15)
+++ v1 (2025-11-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4001bf7cf86a4b5b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcff65205e9fd4ff5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19ea42f996a6489d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reac68cbd13a34893"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69736957cb0248bc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19ea42f996a6489d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8789a0def6940c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reac68cbd13a34893" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796854</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>1,805</x:t>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,715</x:t>
-[...26 lines deleted...]
-          <x:t>1,445</x:t>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,455</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...153 lines deleted...]
-          <x:t>1,575</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,725</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...59 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,835</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,685</x:t>
+          <x:t>1,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,785</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...57 lines deleted...]
-          <x:t>02.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,565</x:t>
-[...252 lines deleted...]
-          <x:t>2,265</x:t>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,754</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>