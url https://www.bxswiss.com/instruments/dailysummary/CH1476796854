--- v1 (2025-11-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcff65205e9fd4ff5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55e9ce7b4d5d4dbc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reac68cbd13a34893"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55ec327495124d0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8789a0def6940c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reac68cbd13a34893" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fbcb8d080cc40a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55ec327495124d0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796854</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...306 lines deleted...]
-          <x:t>1,935</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,218</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,032</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,244</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,452</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,296</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,332</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,346</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,516</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,742</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,827</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,006</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,791</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,876</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,894</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,708</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,785</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>1,905</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,726</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,746</x:t>
-[...188 lines deleted...]
-          <x:t>1,296</x:t>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,681</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,494</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,503</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,699</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>