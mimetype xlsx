--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R55e9ce7b4d5d4dbc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra15e6dc9d6fd4a8f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55ec327495124d0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99dcac5cd5ef4404"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6fbcb8d080cc40a5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55ec327495124d0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb322398a89ea49d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99dcac5cd5ef4404" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796854</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,742</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,766</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,612</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,693</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,672</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,748</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,676</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,888</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,557</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,544</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,716</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,606</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,749</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>