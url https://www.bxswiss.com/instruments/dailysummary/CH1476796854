--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra15e6dc9d6fd4a8f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R282cc2840dd646c8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R99dcac5cd5ef4404"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R973d348ee9a1486b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb322398a89ea49d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R99dcac5cd5ef4404" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb461afb5e8864899" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R973d348ee9a1486b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796854</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>12.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,929</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,192</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,291</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,171</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,978</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,054</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,577</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,122</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,849</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,891</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,857</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,716</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,786</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,662</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,923</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...352 lines deleted...]
-          <x:t>2,716</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,479</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>2,749</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>