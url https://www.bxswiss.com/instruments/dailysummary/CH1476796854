--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R282cc2840dd646c8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfd285c946dda48cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R973d348ee9a1486b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf63caa27fe224e50"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb461afb5e8864899" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R973d348ee9a1486b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a9861f2dd7f4c8f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf63caa27fe224e50" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Call Warrant on DAX® Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1476796854</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,259</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,979</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,099</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,961</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,187</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,903</x:t>
-[...107 lines deleted...]
-          <x:t>1,979</x:t>
+          <x:t>1,901</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,161</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,517</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,177</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,413</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,099</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.02.2026</x:t>
-[...127 lines deleted...]
-          <x:t>2,413</x:t>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,269</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,249</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,036</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,411</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,249</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,867</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,831</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,903</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>